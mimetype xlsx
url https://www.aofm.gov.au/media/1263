--- v0 (2025-10-07)
+++ v1 (2025-11-22)
@@ -5,62 +5,62 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://austreasury-my.sharepoint.com/personal/simeon_jasper_aofm_gov_au/Documents/Documents/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sfj\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B85E73BD-80AF-4910-A06E-F367A659D743}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A5A5466A-0DC5-4777-999C-017D543F60C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Notes" sheetId="2" r:id="rId1"/>
     <sheet name="KtFactors" sheetId="1" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029" concurrentCalc="0"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="20">
   <si>
     <t>Security Group</t>
   </si>
   <si>
     <t>Treasury Indexed Bonds</t>
   </si>
   <si>
     <t>Series</t>
   </si>
@@ -425,73 +425,73 @@
     <xf numFmtId="166" fontId="7" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="164" fontId="7" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="7" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1" readingOrder="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="10">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Comma 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Comma 4" xfId="7" xr:uid="{8FD3BA57-C79B-4DCA-8060-EFA6BCE776AD}"/>
     <cellStyle name="Comma 5" xfId="9" xr:uid="{D379ED2B-16D1-4AEA-A853-C064B11C8B59}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 4" xfId="6" xr:uid="{9368F8F2-FFB5-4808-91B2-9995A528CB8A}"/>
     <cellStyle name="Normal 5" xfId="8" xr:uid="{8FC83ACC-838F-4214-AA88-F486F68A28DF}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -867,301 +867,301 @@
       <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="111.28515625" customWidth="1"/>
     <col min="2" max="2" width="8.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="313.89999999999998" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:1" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="1.0269846456692899" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2"/>
-  <dimension ref="A1:AB124"/>
+  <dimension ref="A1:AB125"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A115" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A124" sqref="A124"/>
+      <selection pane="bottomLeft" activeCell="A125" sqref="A125"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.42578125" customWidth="1"/>
     <col min="2" max="2" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="2.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:28" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B1" s="8"/>
-      <c r="C1" s="26"/>
-[...24 lines deleted...]
-      <c r="AB1" s="26"/>
+      <c r="C1" s="27"/>
+      <c r="D1" s="27"/>
+      <c r="E1" s="27"/>
+      <c r="F1" s="27"/>
+      <c r="G1" s="27"/>
+      <c r="H1" s="27"/>
+      <c r="I1" s="27"/>
+      <c r="J1" s="27"/>
+      <c r="K1" s="27"/>
+      <c r="L1" s="27"/>
+      <c r="M1" s="27"/>
+      <c r="N1" s="27"/>
+      <c r="O1" s="27"/>
+      <c r="P1" s="27"/>
+      <c r="Q1" s="27"/>
+      <c r="R1" s="27"/>
+      <c r="S1" s="27"/>
+      <c r="T1" s="27"/>
+      <c r="U1" s="27"/>
+      <c r="V1" s="27"/>
+      <c r="W1" s="27"/>
+      <c r="X1" s="27"/>
+      <c r="Y1" s="27"/>
+      <c r="Z1" s="27"/>
+      <c r="AA1" s="27"/>
+      <c r="AB1" s="27"/>
     </row>
     <row r="2" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="27" t="s">
+      <c r="B2" s="28" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="28"/>
-[...24 lines deleted...]
-      <c r="AB2" s="28"/>
+      <c r="C2" s="29"/>
+      <c r="D2" s="29"/>
+      <c r="E2" s="29"/>
+      <c r="F2" s="29"/>
+      <c r="G2" s="29"/>
+      <c r="H2" s="29"/>
+      <c r="I2" s="29"/>
+      <c r="J2" s="29"/>
+      <c r="K2" s="29"/>
+      <c r="L2" s="29"/>
+      <c r="M2" s="29"/>
+      <c r="N2" s="29"/>
+      <c r="O2" s="29"/>
+      <c r="P2" s="29"/>
+      <c r="Q2" s="29"/>
+      <c r="R2" s="29"/>
+      <c r="S2" s="29"/>
+      <c r="T2" s="29"/>
+      <c r="U2" s="29"/>
+      <c r="V2" s="29"/>
+      <c r="W2" s="29"/>
+      <c r="X2" s="29"/>
+      <c r="Y2" s="29"/>
+      <c r="Z2" s="29"/>
+      <c r="AA2" s="29"/>
+      <c r="AB2" s="29"/>
     </row>
     <row r="3" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="29" t="s">
+      <c r="B3" s="25" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="23"/>
       <c r="D3" s="24"/>
-      <c r="E3" s="29" t="s">
+      <c r="E3" s="25" t="s">
         <v>4</v>
       </c>
       <c r="F3" s="23"/>
       <c r="G3" s="24"/>
-      <c r="H3" s="29" t="s">
+      <c r="H3" s="25" t="s">
         <v>5</v>
       </c>
       <c r="I3" s="23"/>
       <c r="J3" s="24"/>
-      <c r="K3" s="29" t="s">
+      <c r="K3" s="25" t="s">
         <v>8</v>
       </c>
       <c r="L3" s="23"/>
       <c r="M3" s="24"/>
-      <c r="N3" s="29" t="s">
+      <c r="N3" s="25" t="s">
         <v>6</v>
       </c>
       <c r="O3" s="23"/>
       <c r="P3" s="24"/>
-      <c r="Q3" s="29" t="s">
+      <c r="Q3" s="25" t="s">
         <v>18</v>
       </c>
       <c r="R3" s="23"/>
       <c r="S3" s="24"/>
-      <c r="T3" s="29" t="s">
+      <c r="T3" s="25" t="s">
         <v>9</v>
       </c>
       <c r="U3" s="23"/>
       <c r="V3" s="24"/>
-      <c r="W3" s="29" t="s">
+      <c r="W3" s="25" t="s">
         <v>10</v>
       </c>
       <c r="X3" s="23"/>
       <c r="Y3" s="24"/>
-      <c r="Z3" s="29" t="s">
+      <c r="Z3" s="25" t="s">
         <v>11</v>
       </c>
       <c r="AA3" s="23"/>
       <c r="AB3" s="24"/>
     </row>
     <row r="4" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="B4" s="22">
+      <c r="B4" s="26">
         <v>4</v>
       </c>
       <c r="C4" s="23"/>
       <c r="D4" s="24"/>
-      <c r="E4" s="22">
+      <c r="E4" s="26">
         <v>1.25</v>
       </c>
       <c r="F4" s="23"/>
       <c r="G4" s="24"/>
-      <c r="H4" s="22">
+      <c r="H4" s="26">
         <v>3</v>
       </c>
       <c r="I4" s="23"/>
       <c r="J4" s="24"/>
-      <c r="K4" s="22">
+      <c r="K4" s="26">
         <v>0.75</v>
       </c>
       <c r="L4" s="23"/>
       <c r="M4" s="24"/>
-      <c r="N4" s="22">
+      <c r="N4" s="26">
         <v>2.5</v>
       </c>
       <c r="O4" s="23"/>
       <c r="P4" s="24"/>
-      <c r="Q4" s="22">
+      <c r="Q4" s="26">
         <v>0.25</v>
       </c>
       <c r="R4" s="23"/>
       <c r="S4" s="24"/>
-      <c r="T4" s="22">
+      <c r="T4" s="26">
         <v>2</v>
       </c>
       <c r="U4" s="23"/>
       <c r="V4" s="24"/>
-      <c r="W4" s="22">
+      <c r="W4" s="26">
         <v>1.25</v>
       </c>
       <c r="X4" s="23"/>
       <c r="Y4" s="24"/>
-      <c r="Z4" s="22">
+      <c r="Z4" s="26">
         <v>1</v>
       </c>
       <c r="AA4" s="23"/>
       <c r="AB4" s="24"/>
     </row>
     <row r="5" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="B5" s="25">
+      <c r="B5" s="22">
         <v>44063</v>
       </c>
       <c r="C5" s="23"/>
       <c r="D5" s="24"/>
-      <c r="E5" s="25">
+      <c r="E5" s="22">
         <v>44613</v>
       </c>
       <c r="F5" s="23"/>
       <c r="G5" s="24"/>
-      <c r="H5" s="25">
+      <c r="H5" s="22">
         <v>45920</v>
       </c>
       <c r="I5" s="23"/>
       <c r="J5" s="24"/>
-      <c r="K5" s="25">
+      <c r="K5" s="22">
         <v>46712</v>
       </c>
       <c r="L5" s="23"/>
       <c r="M5" s="24"/>
-      <c r="N5" s="25">
+      <c r="N5" s="22">
         <v>47746</v>
       </c>
       <c r="O5" s="23"/>
       <c r="P5" s="24"/>
-      <c r="Q5" s="25">
+      <c r="Q5" s="22">
         <v>48539</v>
       </c>
       <c r="R5" s="23"/>
       <c r="S5" s="24"/>
-      <c r="T5" s="25">
+      <c r="T5" s="22">
         <v>49542</v>
       </c>
       <c r="U5" s="23"/>
       <c r="V5" s="24"/>
-      <c r="W5" s="25">
+      <c r="W5" s="22">
         <v>51369</v>
       </c>
       <c r="X5" s="23"/>
       <c r="Y5" s="24"/>
-      <c r="Z5" s="25">
+      <c r="Z5" s="22">
         <v>54840</v>
       </c>
       <c r="AA5" s="23"/>
       <c r="AB5" s="24"/>
     </row>
     <row r="6" spans="1:28" s="10" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A6" s="11" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>17</v>
       </c>
       <c r="C6" s="11" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="11" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="11" t="s">
         <v>15</v>
       </c>
       <c r="G6" s="11" t="s">
@@ -7607,81 +7607,149 @@
       <c r="U124" s="12">
         <v>138.38</v>
       </c>
       <c r="V124" s="9">
         <v>0.82</v>
       </c>
       <c r="W124" s="19">
         <v>45982</v>
       </c>
       <c r="X124" s="12">
         <v>132.78</v>
       </c>
       <c r="Y124" s="9">
         <v>0.82</v>
       </c>
       <c r="Z124" s="19">
         <v>45982</v>
       </c>
       <c r="AA124" s="12">
         <v>125.84</v>
       </c>
       <c r="AB124" s="9">
         <v>0.82</v>
       </c>
     </row>
+    <row r="125" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A125" s="19">
+        <v>45930</v>
+      </c>
+      <c r="B125" s="16"/>
+      <c r="C125" s="17"/>
+      <c r="D125" s="18"/>
+      <c r="E125" s="19"/>
+      <c r="F125" s="12"/>
+      <c r="G125" s="9"/>
+      <c r="H125" s="19"/>
+      <c r="I125" s="12"/>
+      <c r="J125" s="9"/>
+      <c r="K125" s="19">
+        <v>46074</v>
+      </c>
+      <c r="L125" s="12">
+        <v>129.6</v>
+      </c>
+      <c r="M125" s="9">
+        <v>1.03</v>
+      </c>
+      <c r="N125" s="19">
+        <v>46101</v>
+      </c>
+      <c r="O125" s="12">
+        <v>150.81</v>
+      </c>
+      <c r="P125" s="9">
+        <v>1.03</v>
+      </c>
+      <c r="Q125" s="19">
+        <v>46074</v>
+      </c>
+      <c r="R125" s="12">
+        <v>121.52</v>
+      </c>
+      <c r="S125" s="9">
+        <v>1.03</v>
+      </c>
+      <c r="T125" s="19">
+        <v>46074</v>
+      </c>
+      <c r="U125" s="12">
+        <v>139.81</v>
+      </c>
+      <c r="V125" s="9">
+        <v>1.03</v>
+      </c>
+      <c r="W125" s="19">
+        <v>46074</v>
+      </c>
+      <c r="X125" s="12">
+        <v>134.15</v>
+      </c>
+      <c r="Y125" s="9">
+        <v>1.03</v>
+      </c>
+      <c r="Z125" s="19">
+        <v>46074</v>
+      </c>
+      <c r="AA125" s="12">
+        <v>127.14</v>
+      </c>
+      <c r="AB125" s="9">
+        <v>1.03</v>
+      </c>
+    </row>
   </sheetData>
   <mergeCells count="29">
-    <mergeCell ref="Z5:AB5"/>
-[...11 lines deleted...]
-    <mergeCell ref="W5:Y5"/>
     <mergeCell ref="Q4:S4"/>
     <mergeCell ref="Q5:S5"/>
     <mergeCell ref="C1:AB1"/>
     <mergeCell ref="B2:AB2"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="H3:J3"/>
     <mergeCell ref="K3:M3"/>
     <mergeCell ref="N3:P3"/>
     <mergeCell ref="Q3:S3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="B5:D5"/>
+    <mergeCell ref="E5:G5"/>
+    <mergeCell ref="H5:J5"/>
+    <mergeCell ref="K5:M5"/>
+    <mergeCell ref="N5:P5"/>
+    <mergeCell ref="W5:Y5"/>
+    <mergeCell ref="Z5:AB5"/>
+    <mergeCell ref="T3:V3"/>
+    <mergeCell ref="W3:Y3"/>
+    <mergeCell ref="Z3:AB3"/>
+    <mergeCell ref="T4:V4"/>
+    <mergeCell ref="W4:Y4"/>
+    <mergeCell ref="Z4:AB4"/>
+    <mergeCell ref="T5:V5"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="1.0269846456692899" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>