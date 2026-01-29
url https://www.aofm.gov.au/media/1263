--- v1 (2025-11-22)
+++ v2 (2026-01-29)
@@ -1,304 +1,215 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docProps/core0.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/package/2006/relationships/meatadata/core-properties" Target="docProps/core0.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\sfj\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\DM_BR\DPS\TIBS\Website - Indexation Factors\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{A5A5466A-0DC5-4777-999C-017D543F60C9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6D5D69F1-CF73-4691-B436-7B421B372ED2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Notes" sheetId="2" r:id="rId1"/>
-    <sheet name="KtFactors" sheetId="1" r:id="rId2"/>
+    <sheet name="KtFactors" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="19">
   <si>
     <t>Security Group</t>
   </si>
   <si>
     <t>Treasury Indexed Bonds</t>
   </si>
   <si>
     <t>Series</t>
   </si>
   <si>
     <t>CAIN406</t>
   </si>
   <si>
     <t>CAIN409</t>
   </si>
   <si>
     <t>CAIN407</t>
   </si>
   <si>
     <t>CAIN408</t>
   </si>
   <si>
     <t>Maturity</t>
   </si>
   <si>
     <t>CAIN414</t>
   </si>
   <si>
     <t>CAIN410</t>
   </si>
   <si>
     <t>CAIN413</t>
   </si>
   <si>
     <t>CAIN415</t>
   </si>
   <si>
-    <t>Indexation Factors for Treasury Indexed Bonds</t>
-[...1 lines deleted...]
-  <si>
     <t>CPI Date</t>
   </si>
   <si>
     <t>p</t>
   </si>
   <si>
     <t>Kt</t>
   </si>
   <si>
     <t>Coupon (%)</t>
   </si>
   <si>
     <t>Coupon Date</t>
   </si>
   <si>
     <t>CAIN416</t>
   </si>
   <si>
-    <r>
-[...73 lines deleted...]
-    </r>
+    <t>a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="4">
+  <numFmts count="5">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="[$-10409]#,##0.00;\-#,##0.00"/>
     <numFmt numFmtId="165" formatCode="[$-10409]dd\-mmm\-yy"/>
     <numFmt numFmtId="166" formatCode="[$-10409]dd\-mmm\-yyyy"/>
+    <numFmt numFmtId="170" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-[...5 lines deleted...]
-    <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...9 lines deleted...]
-      <family val="2"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF16365C"/>
         <bgColor rgb="FF16365C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF95B3D7"/>
         <bgColor rgb="FF95B3D7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFB8CCE4"/>
         <bgColor rgb="FFB8CCE4"/>
@@ -350,161 +261,185 @@
         <color rgb="FFD3D3D3"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FFD3D3D3"/>
       </right>
       <top style="thin">
         <color rgb="FFD3D3D3"/>
       </top>
       <bottom style="thin">
         <color rgb="FFD3D3D3"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="10">
+  <cellStyleXfs count="19">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="43" fontId="5" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="4" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="170" fontId="9" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="170" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="170" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="170" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="170" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+  <cellXfs count="32">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="1" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="1" xfId="4" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="43" fontId="7" fillId="0" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="166" fontId="7" fillId="0" borderId="1" xfId="8" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="164" fontId="7" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="165" fontId="7" fillId="5" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="170" fontId="7" fillId="0" borderId="1" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="170" fontId="7" fillId="0" borderId="1" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="1" xfId="13" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1" readingOrder="1"/>
+    <xf numFmtId="170" fontId="7" fillId="0" borderId="1" xfId="14" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="170" fontId="7" fillId="0" borderId="1" xfId="14" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="10">
+  <cellStyles count="19">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Comma 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Comma 2 2" xfId="12" xr:uid="{EA9DABE1-E6DE-4CB3-AF64-59B5A15DCD15}"/>
     <cellStyle name="Comma 3" xfId="5" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Comma 3 2" xfId="14" xr:uid="{62EE5A33-0E51-4F20-8405-C9067AF6DDA8}"/>
     <cellStyle name="Comma 4" xfId="7" xr:uid="{8FD3BA57-C79B-4DCA-8060-EFA6BCE776AD}"/>
+    <cellStyle name="Comma 4 2" xfId="16" xr:uid="{E4E0028E-4104-4E4D-9446-2FE005471D2F}"/>
     <cellStyle name="Comma 5" xfId="9" xr:uid="{D379ED2B-16D1-4AEA-A853-C064B11C8B59}"/>
+    <cellStyle name="Comma 5 2" xfId="18" xr:uid="{056A21FF-8A47-419E-A01B-11C193FC60F4}"/>
+    <cellStyle name="Comma 6" xfId="10" xr:uid="{88662BCF-0FDC-4E03-B8B3-01D064360B75}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="Normal 2 2" xfId="11" xr:uid="{3019F34E-3EA0-40B6-AB1F-61D41A8E1491}"/>
     <cellStyle name="Normal 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="Normal 3 2" xfId="13" xr:uid="{053ACE45-8B41-4679-9282-53303381250E}"/>
     <cellStyle name="Normal 4" xfId="6" xr:uid="{9368F8F2-FFB5-4808-91B2-9995A528CB8A}"/>
+    <cellStyle name="Normal 4 2" xfId="15" xr:uid="{8982C039-61F8-440B-B5E3-C43167903AD2}"/>
     <cellStyle name="Normal 5" xfId="8" xr:uid="{8FC83ACC-838F-4214-AA88-F486F68A28DF}"/>
+    <cellStyle name="Normal 5 2" xfId="17" xr:uid="{39EC7DA6-A13D-4EB3-B6CE-B1148A988B83}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00D3D3D3"/>
       <rgbColor rgb="0016365C"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="0095B3D7"/>
       <rgbColor rgb="00B8CCE4"/>
       <rgbColor rgb="00DCE6F1"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
       <rgbColor rgb="00000080"/>
       <rgbColor rgb="00808000"/>
@@ -544,51 +479,51 @@
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -832,6959 +767,6970 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-[...26 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2"/>
-  <dimension ref="A1:AB125"/>
+  <dimension ref="A1:AB126"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <pane ySplit="6" topLeftCell="A115" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A125" sqref="A125"/>
+      <pane ySplit="6" topLeftCell="A98" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="L117" sqref="L117"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.42578125" customWidth="1"/>
     <col min="2" max="2" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="22" max="22" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="23" max="23" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="24" max="24" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="25" max="25" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="26" max="26" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="27" max="27" width="7.28515625" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="5.42578125" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="2.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:28" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
-[...29 lines deleted...]
-      <c r="AB1" s="27"/>
+    <row r="1" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2" spans="1:28" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="28" t="s">
+      <c r="B2" s="23" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="29"/>
-[...24 lines deleted...]
-      <c r="AB2" s="29"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
+      <c r="F2" s="24"/>
+      <c r="G2" s="24"/>
+      <c r="H2" s="24"/>
+      <c r="I2" s="24"/>
+      <c r="J2" s="24"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="24"/>
+      <c r="M2" s="24"/>
+      <c r="N2" s="24"/>
+      <c r="O2" s="24"/>
+      <c r="P2" s="24"/>
+      <c r="Q2" s="24"/>
+      <c r="R2" s="24"/>
+      <c r="S2" s="24"/>
+      <c r="T2" s="24"/>
+      <c r="U2" s="24"/>
+      <c r="V2" s="24"/>
+      <c r="W2" s="24"/>
+      <c r="X2" s="24"/>
+      <c r="Y2" s="24"/>
+      <c r="Z2" s="24"/>
+      <c r="AA2" s="24"/>
+      <c r="AB2" s="24"/>
     </row>
     <row r="3" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="25" t="s">
         <v>3</v>
       </c>
-      <c r="C3" s="23"/>
-      <c r="D3" s="24"/>
+      <c r="C3" s="20"/>
+      <c r="D3" s="21"/>
       <c r="E3" s="25" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="23"/>
-      <c r="G3" s="24"/>
+      <c r="F3" s="20"/>
+      <c r="G3" s="21"/>
       <c r="H3" s="25" t="s">
         <v>5</v>
       </c>
-      <c r="I3" s="23"/>
-      <c r="J3" s="24"/>
+      <c r="I3" s="20"/>
+      <c r="J3" s="21"/>
       <c r="K3" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="L3" s="23"/>
-      <c r="M3" s="24"/>
+      <c r="L3" s="20"/>
+      <c r="M3" s="21"/>
       <c r="N3" s="25" t="s">
         <v>6</v>
       </c>
-      <c r="O3" s="23"/>
-      <c r="P3" s="24"/>
+      <c r="O3" s="20"/>
+      <c r="P3" s="21"/>
       <c r="Q3" s="25" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-      <c r="S3" s="24"/>
+        <v>17</v>
+      </c>
+      <c r="R3" s="20"/>
+      <c r="S3" s="21"/>
       <c r="T3" s="25" t="s">
         <v>9</v>
       </c>
-      <c r="U3" s="23"/>
-      <c r="V3" s="24"/>
+      <c r="U3" s="20"/>
+      <c r="V3" s="21"/>
       <c r="W3" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="X3" s="23"/>
-      <c r="Y3" s="24"/>
+      <c r="X3" s="20"/>
+      <c r="Y3" s="21"/>
       <c r="Z3" s="25" t="s">
         <v>11</v>
       </c>
-      <c r="AA3" s="23"/>
-      <c r="AB3" s="24"/>
+      <c r="AA3" s="20"/>
+      <c r="AB3" s="21"/>
     </row>
     <row r="4" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A4" s="3" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="B4" s="26">
+        <v>15</v>
+      </c>
+      <c r="B4" s="19">
         <v>4</v>
       </c>
-      <c r="C4" s="23"/>
-[...1 lines deleted...]
-      <c r="E4" s="26">
+      <c r="C4" s="20"/>
+      <c r="D4" s="21"/>
+      <c r="E4" s="19">
         <v>1.25</v>
       </c>
-      <c r="F4" s="23"/>
-[...1 lines deleted...]
-      <c r="H4" s="26">
+      <c r="F4" s="20"/>
+      <c r="G4" s="21"/>
+      <c r="H4" s="19">
         <v>3</v>
       </c>
-      <c r="I4" s="23"/>
-[...1 lines deleted...]
-      <c r="K4" s="26">
+      <c r="I4" s="20"/>
+      <c r="J4" s="21"/>
+      <c r="K4" s="19">
         <v>0.75</v>
       </c>
-      <c r="L4" s="23"/>
-[...1 lines deleted...]
-      <c r="N4" s="26">
+      <c r="L4" s="20"/>
+      <c r="M4" s="21"/>
+      <c r="N4" s="19">
         <v>2.5</v>
       </c>
-      <c r="O4" s="23"/>
-[...1 lines deleted...]
-      <c r="Q4" s="26">
+      <c r="O4" s="20"/>
+      <c r="P4" s="21"/>
+      <c r="Q4" s="19">
         <v>0.25</v>
       </c>
-      <c r="R4" s="23"/>
-[...1 lines deleted...]
-      <c r="T4" s="26">
+      <c r="R4" s="20"/>
+      <c r="S4" s="21"/>
+      <c r="T4" s="19">
         <v>2</v>
       </c>
-      <c r="U4" s="23"/>
-[...1 lines deleted...]
-      <c r="W4" s="26">
+      <c r="U4" s="20"/>
+      <c r="V4" s="21"/>
+      <c r="W4" s="19">
         <v>1.25</v>
       </c>
-      <c r="X4" s="23"/>
-[...1 lines deleted...]
-      <c r="Z4" s="26">
+      <c r="X4" s="20"/>
+      <c r="Y4" s="21"/>
+      <c r="Z4" s="19">
         <v>1</v>
       </c>
-      <c r="AA4" s="23"/>
-      <c r="AB4" s="24"/>
+      <c r="AA4" s="20"/>
+      <c r="AB4" s="21"/>
     </row>
     <row r="5" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>7</v>
       </c>
       <c r="B5" s="22">
         <v>44063</v>
       </c>
-      <c r="C5" s="23"/>
-      <c r="D5" s="24"/>
+      <c r="C5" s="20"/>
+      <c r="D5" s="21"/>
       <c r="E5" s="22">
         <v>44613</v>
       </c>
-      <c r="F5" s="23"/>
-      <c r="G5" s="24"/>
+      <c r="F5" s="20"/>
+      <c r="G5" s="21"/>
       <c r="H5" s="22">
         <v>45920</v>
       </c>
-      <c r="I5" s="23"/>
-      <c r="J5" s="24"/>
+      <c r="I5" s="20"/>
+      <c r="J5" s="21"/>
       <c r="K5" s="22">
         <v>46712</v>
       </c>
-      <c r="L5" s="23"/>
-      <c r="M5" s="24"/>
+      <c r="L5" s="20"/>
+      <c r="M5" s="21"/>
       <c r="N5" s="22">
         <v>47746</v>
       </c>
-      <c r="O5" s="23"/>
-      <c r="P5" s="24"/>
+      <c r="O5" s="20"/>
+      <c r="P5" s="21"/>
       <c r="Q5" s="22">
         <v>48539</v>
       </c>
-      <c r="R5" s="23"/>
-      <c r="S5" s="24"/>
+      <c r="R5" s="20"/>
+      <c r="S5" s="21"/>
       <c r="T5" s="22">
         <v>49542</v>
       </c>
-      <c r="U5" s="23"/>
-      <c r="V5" s="24"/>
+      <c r="U5" s="20"/>
+      <c r="V5" s="21"/>
       <c r="W5" s="22">
         <v>51369</v>
       </c>
-      <c r="X5" s="23"/>
-      <c r="Y5" s="24"/>
+      <c r="X5" s="20"/>
+      <c r="Y5" s="21"/>
       <c r="Z5" s="22">
         <v>54840</v>
       </c>
-      <c r="AA5" s="23"/>
-[...3 lines deleted...]
-      <c r="A6" s="11" t="s">
+      <c r="AA5" s="20"/>
+      <c r="AB5" s="21"/>
+    </row>
+    <row r="6" spans="1:28" s="7" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="B6" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="D6" s="8" t="s">
         <v>13</v>
       </c>
-      <c r="B6" s="11" t="s">
-[...5 lines deleted...]
-      <c r="D6" s="11" t="s">
+      <c r="E6" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="F6" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="E6" s="11" t="s">
-[...5 lines deleted...]
-      <c r="G6" s="11" t="s">
+      <c r="G6" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="I6" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="H6" s="11" t="s">
-[...5 lines deleted...]
-      <c r="J6" s="11" t="s">
+      <c r="J6" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="K6" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="L6" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="K6" s="11" t="s">
-[...5 lines deleted...]
-      <c r="M6" s="11" t="s">
+      <c r="M6" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="N6" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="O6" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="N6" s="11" t="s">
-[...5 lines deleted...]
-      <c r="P6" s="11" t="s">
+      <c r="P6" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="Q6" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="R6" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="Q6" s="11" t="s">
-[...5 lines deleted...]
-      <c r="S6" s="11" t="s">
+      <c r="S6" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="T6" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="U6" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="T6" s="11" t="s">
-[...5 lines deleted...]
-      <c r="V6" s="11" t="s">
+      <c r="V6" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="W6" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="X6" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="W6" s="11" t="s">
-[...5 lines deleted...]
-      <c r="Y6" s="11" t="s">
+      <c r="Y6" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="Z6" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="AA6" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="Z6" s="11" t="s">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="AB6" s="8" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A7" s="5">
         <v>35155</v>
       </c>
       <c r="B7" s="5">
         <v>35297</v>
       </c>
-      <c r="C7" s="12">
+      <c r="C7" s="9">
         <v>100</v>
       </c>
       <c r="D7" s="5"/>
       <c r="E7" s="5"/>
-      <c r="F7" s="12"/>
+      <c r="F7" s="9"/>
       <c r="G7" s="5"/>
       <c r="H7" s="5"/>
-      <c r="I7" s="12"/>
+      <c r="I7" s="9"/>
       <c r="J7" s="5"/>
       <c r="K7" s="5"/>
-      <c r="L7" s="12"/>
+      <c r="L7" s="9"/>
       <c r="M7" s="5"/>
       <c r="N7" s="5"/>
-      <c r="O7" s="12"/>
+      <c r="O7" s="9"/>
       <c r="P7" s="5"/>
       <c r="Q7" s="5"/>
-      <c r="R7" s="12"/>
+      <c r="R7" s="9"/>
       <c r="S7" s="5"/>
       <c r="T7" s="5"/>
-      <c r="U7" s="12"/>
+      <c r="U7" s="9"/>
       <c r="V7" s="5"/>
       <c r="W7" s="5"/>
-      <c r="X7" s="12"/>
+      <c r="X7" s="9"/>
       <c r="Y7" s="5"/>
       <c r="Z7" s="5"/>
-      <c r="AA7" s="12"/>
+      <c r="AA7" s="9"/>
       <c r="AB7" s="5"/>
     </row>
     <row r="8" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A8" s="5">
         <v>35246</v>
       </c>
       <c r="B8" s="5">
         <v>35389</v>
       </c>
-      <c r="C8" s="12">
+      <c r="C8" s="9">
         <v>100.55</v>
       </c>
-      <c r="D8" s="9">
+      <c r="D8" s="6">
         <v>0.55000000000000004</v>
       </c>
       <c r="E8" s="5"/>
-      <c r="F8" s="12"/>
-      <c r="G8" s="9"/>
+      <c r="F8" s="9"/>
+      <c r="G8" s="6"/>
       <c r="H8" s="5"/>
-      <c r="I8" s="12"/>
-      <c r="J8" s="9"/>
+      <c r="I8" s="9"/>
+      <c r="J8" s="6"/>
       <c r="K8" s="5"/>
-      <c r="L8" s="12"/>
-      <c r="M8" s="9"/>
+      <c r="L8" s="9"/>
+      <c r="M8" s="6"/>
       <c r="N8" s="5"/>
-      <c r="O8" s="12"/>
-      <c r="P8" s="9"/>
+      <c r="O8" s="9"/>
+      <c r="P8" s="6"/>
       <c r="Q8" s="5"/>
-      <c r="R8" s="12"/>
-      <c r="S8" s="9"/>
+      <c r="R8" s="9"/>
+      <c r="S8" s="6"/>
       <c r="T8" s="5"/>
-      <c r="U8" s="12"/>
-      <c r="V8" s="9"/>
+      <c r="U8" s="9"/>
+      <c r="V8" s="6"/>
       <c r="W8" s="5"/>
-      <c r="X8" s="12"/>
-      <c r="Y8" s="9"/>
+      <c r="X8" s="9"/>
+      <c r="Y8" s="6"/>
       <c r="Z8" s="5"/>
-      <c r="AA8" s="12"/>
-      <c r="AB8" s="9"/>
+      <c r="AA8" s="9"/>
+      <c r="AB8" s="6"/>
     </row>
     <row r="9" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A9" s="5">
         <v>35338</v>
       </c>
       <c r="B9" s="5">
         <v>35481</v>
       </c>
-      <c r="C9" s="12">
+      <c r="C9" s="9">
         <v>101.01</v>
       </c>
-      <c r="D9" s="9">
+      <c r="D9" s="6">
         <v>0.46</v>
       </c>
       <c r="E9" s="5"/>
-      <c r="F9" s="12"/>
-      <c r="G9" s="9"/>
+      <c r="F9" s="9"/>
+      <c r="G9" s="6"/>
       <c r="H9" s="5"/>
-      <c r="I9" s="12"/>
-      <c r="J9" s="9"/>
+      <c r="I9" s="9"/>
+      <c r="J9" s="6"/>
       <c r="K9" s="5"/>
-      <c r="L9" s="12"/>
-      <c r="M9" s="9"/>
+      <c r="L9" s="9"/>
+      <c r="M9" s="6"/>
       <c r="N9" s="5"/>
-      <c r="O9" s="12"/>
-      <c r="P9" s="9"/>
+      <c r="O9" s="9"/>
+      <c r="P9" s="6"/>
       <c r="Q9" s="5"/>
-      <c r="R9" s="12"/>
-      <c r="S9" s="9"/>
+      <c r="R9" s="9"/>
+      <c r="S9" s="6"/>
       <c r="T9" s="5"/>
-      <c r="U9" s="12"/>
-      <c r="V9" s="9"/>
+      <c r="U9" s="9"/>
+      <c r="V9" s="6"/>
       <c r="W9" s="5"/>
-      <c r="X9" s="12"/>
-      <c r="Y9" s="9"/>
+      <c r="X9" s="9"/>
+      <c r="Y9" s="6"/>
       <c r="Z9" s="5"/>
-      <c r="AA9" s="12"/>
-      <c r="AB9" s="9"/>
+      <c r="AA9" s="9"/>
+      <c r="AB9" s="6"/>
     </row>
     <row r="10" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A10" s="5">
         <v>35430</v>
       </c>
       <c r="B10" s="5">
         <v>35570</v>
       </c>
-      <c r="C10" s="12">
+      <c r="C10" s="9">
         <v>101.22</v>
       </c>
-      <c r="D10" s="9">
+      <c r="D10" s="6">
         <v>0.21</v>
       </c>
       <c r="E10" s="5"/>
-      <c r="F10" s="12"/>
-      <c r="G10" s="9"/>
+      <c r="F10" s="9"/>
+      <c r="G10" s="6"/>
       <c r="H10" s="5"/>
-      <c r="I10" s="12"/>
-      <c r="J10" s="9"/>
+      <c r="I10" s="9"/>
+      <c r="J10" s="6"/>
       <c r="K10" s="5"/>
-      <c r="L10" s="12"/>
-      <c r="M10" s="9"/>
+      <c r="L10" s="9"/>
+      <c r="M10" s="6"/>
       <c r="N10" s="5"/>
-      <c r="O10" s="12"/>
-      <c r="P10" s="9"/>
+      <c r="O10" s="9"/>
+      <c r="P10" s="6"/>
       <c r="Q10" s="5"/>
-      <c r="R10" s="12"/>
-      <c r="S10" s="9"/>
+      <c r="R10" s="9"/>
+      <c r="S10" s="6"/>
       <c r="T10" s="5"/>
-      <c r="U10" s="12"/>
-      <c r="V10" s="9"/>
+      <c r="U10" s="9"/>
+      <c r="V10" s="6"/>
       <c r="W10" s="5"/>
-      <c r="X10" s="12"/>
-      <c r="Y10" s="9"/>
+      <c r="X10" s="9"/>
+      <c r="Y10" s="6"/>
       <c r="Z10" s="5"/>
-      <c r="AA10" s="12"/>
-      <c r="AB10" s="9"/>
+      <c r="AA10" s="9"/>
+      <c r="AB10" s="6"/>
     </row>
     <row r="11" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A11" s="5">
         <v>35520</v>
       </c>
       <c r="B11" s="5">
         <v>35662</v>
       </c>
-      <c r="C11" s="12">
+      <c r="C11" s="9">
         <v>101.39</v>
       </c>
-      <c r="D11" s="9">
+      <c r="D11" s="6">
         <v>0.17</v>
       </c>
       <c r="E11" s="5"/>
-      <c r="F11" s="12"/>
-      <c r="G11" s="9"/>
+      <c r="F11" s="9"/>
+      <c r="G11" s="6"/>
       <c r="H11" s="5"/>
-      <c r="I11" s="12"/>
-      <c r="J11" s="9"/>
+      <c r="I11" s="9"/>
+      <c r="J11" s="6"/>
       <c r="K11" s="5"/>
-      <c r="L11" s="12"/>
-      <c r="M11" s="9"/>
+      <c r="L11" s="9"/>
+      <c r="M11" s="6"/>
       <c r="N11" s="5"/>
-      <c r="O11" s="12"/>
-      <c r="P11" s="9"/>
+      <c r="O11" s="9"/>
+      <c r="P11" s="6"/>
       <c r="Q11" s="5"/>
-      <c r="R11" s="12"/>
-      <c r="S11" s="9"/>
+      <c r="R11" s="9"/>
+      <c r="S11" s="6"/>
       <c r="T11" s="5"/>
-      <c r="U11" s="12"/>
-      <c r="V11" s="9"/>
+      <c r="U11" s="9"/>
+      <c r="V11" s="6"/>
       <c r="W11" s="5"/>
-      <c r="X11" s="12"/>
-      <c r="Y11" s="9"/>
+      <c r="X11" s="9"/>
+      <c r="Y11" s="6"/>
       <c r="Z11" s="5"/>
-      <c r="AA11" s="12"/>
-      <c r="AB11" s="9"/>
+      <c r="AA11" s="9"/>
+      <c r="AB11" s="6"/>
     </row>
     <row r="12" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A12" s="5">
         <v>35611</v>
       </c>
       <c r="B12" s="5">
         <v>35754</v>
       </c>
-      <c r="C12" s="12">
+      <c r="C12" s="9">
         <v>101.35</v>
       </c>
-      <c r="D12" s="9">
+      <c r="D12" s="6">
         <v>-0.04</v>
       </c>
       <c r="E12" s="5"/>
-      <c r="F12" s="12"/>
-      <c r="G12" s="9"/>
+      <c r="F12" s="9"/>
+      <c r="G12" s="6"/>
       <c r="H12" s="5"/>
-      <c r="I12" s="12"/>
-      <c r="J12" s="9"/>
+      <c r="I12" s="9"/>
+      <c r="J12" s="6"/>
       <c r="K12" s="5"/>
-      <c r="L12" s="12"/>
-      <c r="M12" s="9"/>
+      <c r="L12" s="9"/>
+      <c r="M12" s="6"/>
       <c r="N12" s="5"/>
-      <c r="O12" s="12"/>
-      <c r="P12" s="9"/>
+      <c r="O12" s="9"/>
+      <c r="P12" s="6"/>
       <c r="Q12" s="5"/>
-      <c r="R12" s="12"/>
-      <c r="S12" s="9"/>
+      <c r="R12" s="9"/>
+      <c r="S12" s="6"/>
       <c r="T12" s="5"/>
-      <c r="U12" s="12"/>
-      <c r="V12" s="9"/>
+      <c r="U12" s="9"/>
+      <c r="V12" s="6"/>
       <c r="W12" s="5"/>
-      <c r="X12" s="12"/>
-      <c r="Y12" s="9"/>
+      <c r="X12" s="9"/>
+      <c r="Y12" s="6"/>
       <c r="Z12" s="5"/>
-      <c r="AA12" s="12"/>
-      <c r="AB12" s="9"/>
+      <c r="AA12" s="9"/>
+      <c r="AB12" s="6"/>
     </row>
     <row r="13" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A13" s="5">
         <v>35703</v>
       </c>
       <c r="B13" s="5">
         <v>35846</v>
       </c>
-      <c r="C13" s="12">
+      <c r="C13" s="9">
         <v>101.02</v>
       </c>
-      <c r="D13" s="9">
+      <c r="D13" s="6">
         <v>-0.33</v>
       </c>
       <c r="E13" s="5"/>
-      <c r="F13" s="12"/>
-      <c r="G13" s="9"/>
+      <c r="F13" s="9"/>
+      <c r="G13" s="6"/>
       <c r="H13" s="5"/>
-      <c r="I13" s="12"/>
-      <c r="J13" s="9"/>
+      <c r="I13" s="9"/>
+      <c r="J13" s="6"/>
       <c r="K13" s="5"/>
-      <c r="L13" s="12"/>
-      <c r="M13" s="9"/>
+      <c r="L13" s="9"/>
+      <c r="M13" s="6"/>
       <c r="N13" s="5"/>
-      <c r="O13" s="12"/>
-      <c r="P13" s="9"/>
+      <c r="O13" s="9"/>
+      <c r="P13" s="6"/>
       <c r="Q13" s="5"/>
-      <c r="R13" s="12"/>
-      <c r="S13" s="9"/>
+      <c r="R13" s="9"/>
+      <c r="S13" s="6"/>
       <c r="T13" s="5"/>
-      <c r="U13" s="12"/>
-      <c r="V13" s="9"/>
+      <c r="U13" s="9"/>
+      <c r="V13" s="6"/>
       <c r="W13" s="5"/>
-      <c r="X13" s="12"/>
-      <c r="Y13" s="9"/>
+      <c r="X13" s="9"/>
+      <c r="Y13" s="6"/>
       <c r="Z13" s="5"/>
-      <c r="AA13" s="12"/>
-      <c r="AB13" s="9"/>
+      <c r="AA13" s="9"/>
+      <c r="AB13" s="6"/>
     </row>
     <row r="14" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A14" s="5">
         <v>35795</v>
       </c>
       <c r="B14" s="5">
         <v>35935</v>
       </c>
-      <c r="C14" s="12">
+      <c r="C14" s="9">
         <v>100.94</v>
       </c>
-      <c r="D14" s="9">
+      <c r="D14" s="6">
         <v>-0.08</v>
       </c>
       <c r="E14" s="5"/>
-      <c r="F14" s="12"/>
-      <c r="G14" s="9"/>
+      <c r="F14" s="9"/>
+      <c r="G14" s="6"/>
       <c r="H14" s="5"/>
-      <c r="I14" s="12"/>
-      <c r="J14" s="9"/>
+      <c r="I14" s="9"/>
+      <c r="J14" s="6"/>
       <c r="K14" s="5"/>
-      <c r="L14" s="12"/>
-      <c r="M14" s="9"/>
+      <c r="L14" s="9"/>
+      <c r="M14" s="6"/>
       <c r="N14" s="5"/>
-      <c r="O14" s="12"/>
-      <c r="P14" s="9"/>
+      <c r="O14" s="9"/>
+      <c r="P14" s="6"/>
       <c r="Q14" s="5"/>
-      <c r="R14" s="12"/>
-      <c r="S14" s="9"/>
+      <c r="R14" s="9"/>
+      <c r="S14" s="6"/>
       <c r="T14" s="5"/>
-      <c r="U14" s="12"/>
-      <c r="V14" s="9"/>
+      <c r="U14" s="9"/>
+      <c r="V14" s="6"/>
       <c r="W14" s="5"/>
-      <c r="X14" s="12"/>
-      <c r="Y14" s="9"/>
+      <c r="X14" s="9"/>
+      <c r="Y14" s="6"/>
       <c r="Z14" s="5"/>
-      <c r="AA14" s="12"/>
-      <c r="AB14" s="9"/>
+      <c r="AA14" s="9"/>
+      <c r="AB14" s="6"/>
     </row>
     <row r="15" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A15" s="5">
         <v>35885</v>
       </c>
       <c r="B15" s="5">
         <v>36027</v>
       </c>
-      <c r="C15" s="12">
+      <c r="C15" s="9">
         <v>101.19</v>
       </c>
-      <c r="D15" s="9">
+      <c r="D15" s="6">
         <v>0.25</v>
       </c>
       <c r="E15" s="5"/>
-      <c r="F15" s="12"/>
-      <c r="G15" s="9"/>
+      <c r="F15" s="9"/>
+      <c r="G15" s="6"/>
       <c r="H15" s="5"/>
-      <c r="I15" s="12"/>
-      <c r="J15" s="9"/>
+      <c r="I15" s="9"/>
+      <c r="J15" s="6"/>
       <c r="K15" s="5"/>
-      <c r="L15" s="12"/>
-      <c r="M15" s="9"/>
+      <c r="L15" s="9"/>
+      <c r="M15" s="6"/>
       <c r="N15" s="5"/>
-      <c r="O15" s="12"/>
-      <c r="P15" s="9"/>
+      <c r="O15" s="9"/>
+      <c r="P15" s="6"/>
       <c r="Q15" s="5"/>
-      <c r="R15" s="12"/>
-      <c r="S15" s="9"/>
+      <c r="R15" s="9"/>
+      <c r="S15" s="6"/>
       <c r="T15" s="5"/>
-      <c r="U15" s="12"/>
-      <c r="V15" s="9"/>
+      <c r="U15" s="9"/>
+      <c r="V15" s="6"/>
       <c r="W15" s="5"/>
-      <c r="X15" s="12"/>
-      <c r="Y15" s="9"/>
+      <c r="X15" s="9"/>
+      <c r="Y15" s="6"/>
       <c r="Z15" s="5"/>
-      <c r="AA15" s="12"/>
-      <c r="AB15" s="9"/>
+      <c r="AA15" s="9"/>
+      <c r="AB15" s="6"/>
     </row>
     <row r="16" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A16" s="5">
         <v>35976</v>
       </c>
       <c r="B16" s="5">
         <v>36119</v>
       </c>
-      <c r="C16" s="12">
+      <c r="C16" s="9">
         <v>101.61</v>
       </c>
-      <c r="D16" s="9">
+      <c r="D16" s="6">
         <v>0.42</v>
       </c>
       <c r="E16" s="5"/>
-      <c r="F16" s="12"/>
-      <c r="G16" s="9"/>
+      <c r="F16" s="9"/>
+      <c r="G16" s="6"/>
       <c r="H16" s="5"/>
-      <c r="I16" s="12"/>
-      <c r="J16" s="9"/>
+      <c r="I16" s="9"/>
+      <c r="J16" s="6"/>
       <c r="K16" s="5"/>
-      <c r="L16" s="12"/>
-      <c r="M16" s="9"/>
+      <c r="L16" s="9"/>
+      <c r="M16" s="6"/>
       <c r="N16" s="5"/>
-      <c r="O16" s="12"/>
-      <c r="P16" s="9"/>
+      <c r="O16" s="9"/>
+      <c r="P16" s="6"/>
       <c r="Q16" s="5"/>
-      <c r="R16" s="12"/>
-      <c r="S16" s="9"/>
+      <c r="R16" s="9"/>
+      <c r="S16" s="6"/>
       <c r="T16" s="5"/>
-      <c r="U16" s="12"/>
-      <c r="V16" s="9"/>
+      <c r="U16" s="9"/>
+      <c r="V16" s="6"/>
       <c r="W16" s="5"/>
-      <c r="X16" s="12"/>
-      <c r="Y16" s="9"/>
+      <c r="X16" s="9"/>
+      <c r="Y16" s="6"/>
       <c r="Z16" s="5"/>
-      <c r="AA16" s="12"/>
-      <c r="AB16" s="9"/>
+      <c r="AA16" s="9"/>
+      <c r="AB16" s="6"/>
     </row>
     <row r="17" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A17" s="5">
         <v>36068</v>
       </c>
       <c r="B17" s="5">
         <v>36211</v>
       </c>
-      <c r="C17" s="12">
+      <c r="C17" s="9">
         <v>102.04</v>
       </c>
-      <c r="D17" s="9">
+      <c r="D17" s="6">
         <v>0.42</v>
       </c>
       <c r="E17" s="5"/>
-      <c r="F17" s="12"/>
-      <c r="G17" s="9"/>
+      <c r="F17" s="9"/>
+      <c r="G17" s="6"/>
       <c r="H17" s="5"/>
-      <c r="I17" s="12"/>
-      <c r="J17" s="9"/>
+      <c r="I17" s="9"/>
+      <c r="J17" s="6"/>
       <c r="K17" s="5"/>
-      <c r="L17" s="12"/>
-      <c r="M17" s="9"/>
+      <c r="L17" s="9"/>
+      <c r="M17" s="6"/>
       <c r="N17" s="5"/>
-      <c r="O17" s="12"/>
-      <c r="P17" s="9"/>
+      <c r="O17" s="9"/>
+      <c r="P17" s="6"/>
       <c r="Q17" s="5"/>
-      <c r="R17" s="12"/>
-      <c r="S17" s="9"/>
+      <c r="R17" s="9"/>
+      <c r="S17" s="6"/>
       <c r="T17" s="5"/>
-      <c r="U17" s="12"/>
-      <c r="V17" s="9"/>
+      <c r="U17" s="9"/>
+      <c r="V17" s="6"/>
       <c r="W17" s="5"/>
-      <c r="X17" s="12"/>
-      <c r="Y17" s="9"/>
+      <c r="X17" s="9"/>
+      <c r="Y17" s="6"/>
       <c r="Z17" s="5"/>
-      <c r="AA17" s="12"/>
-      <c r="AB17" s="9"/>
+      <c r="AA17" s="9"/>
+      <c r="AB17" s="6"/>
     </row>
     <row r="18" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A18" s="5">
         <v>36160</v>
       </c>
       <c r="B18" s="5">
         <v>36300</v>
       </c>
-      <c r="C18" s="12">
+      <c r="C18" s="9">
         <v>102.42</v>
       </c>
-      <c r="D18" s="9">
+      <c r="D18" s="6">
         <v>0.37</v>
       </c>
       <c r="E18" s="5"/>
-      <c r="F18" s="12"/>
-      <c r="G18" s="9"/>
+      <c r="F18" s="9"/>
+      <c r="G18" s="6"/>
       <c r="H18" s="5"/>
-      <c r="I18" s="12"/>
-      <c r="J18" s="9"/>
+      <c r="I18" s="9"/>
+      <c r="J18" s="6"/>
       <c r="K18" s="5"/>
-      <c r="L18" s="12"/>
-      <c r="M18" s="9"/>
+      <c r="L18" s="9"/>
+      <c r="M18" s="6"/>
       <c r="N18" s="5"/>
-      <c r="O18" s="12"/>
-      <c r="P18" s="9"/>
+      <c r="O18" s="9"/>
+      <c r="P18" s="6"/>
       <c r="Q18" s="5"/>
-      <c r="R18" s="12"/>
-      <c r="S18" s="9"/>
+      <c r="R18" s="9"/>
+      <c r="S18" s="6"/>
       <c r="T18" s="5"/>
-      <c r="U18" s="12"/>
-      <c r="V18" s="9"/>
+      <c r="U18" s="9"/>
+      <c r="V18" s="6"/>
       <c r="W18" s="5"/>
-      <c r="X18" s="12"/>
-      <c r="Y18" s="9"/>
+      <c r="X18" s="9"/>
+      <c r="Y18" s="6"/>
       <c r="Z18" s="5"/>
-      <c r="AA18" s="12"/>
-      <c r="AB18" s="9"/>
+      <c r="AA18" s="9"/>
+      <c r="AB18" s="6"/>
     </row>
     <row r="19" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A19" s="5">
         <v>36250</v>
       </c>
       <c r="B19" s="5">
         <v>36392</v>
       </c>
-      <c r="C19" s="12">
+      <c r="C19" s="9">
         <v>102.64</v>
       </c>
-      <c r="D19" s="9">
+      <c r="D19" s="6">
         <v>0.21</v>
       </c>
       <c r="E19" s="5"/>
-      <c r="F19" s="12"/>
-      <c r="G19" s="9"/>
+      <c r="F19" s="9"/>
+      <c r="G19" s="6"/>
       <c r="H19" s="5"/>
-      <c r="I19" s="12"/>
-      <c r="J19" s="9"/>
+      <c r="I19" s="9"/>
+      <c r="J19" s="6"/>
       <c r="K19" s="5"/>
-      <c r="L19" s="12"/>
-      <c r="M19" s="9"/>
+      <c r="L19" s="9"/>
+      <c r="M19" s="6"/>
       <c r="N19" s="5"/>
-      <c r="O19" s="12"/>
-      <c r="P19" s="9"/>
+      <c r="O19" s="9"/>
+      <c r="P19" s="6"/>
       <c r="Q19" s="5"/>
-      <c r="R19" s="12"/>
-      <c r="S19" s="9"/>
+      <c r="R19" s="9"/>
+      <c r="S19" s="6"/>
       <c r="T19" s="5"/>
-      <c r="U19" s="12"/>
-      <c r="V19" s="9"/>
+      <c r="U19" s="9"/>
+      <c r="V19" s="6"/>
       <c r="W19" s="5"/>
-      <c r="X19" s="12"/>
-      <c r="Y19" s="9"/>
+      <c r="X19" s="9"/>
+      <c r="Y19" s="6"/>
       <c r="Z19" s="5"/>
-      <c r="AA19" s="12"/>
-      <c r="AB19" s="9"/>
+      <c r="AA19" s="9"/>
+      <c r="AB19" s="6"/>
     </row>
     <row r="20" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A20" s="5">
         <v>36341</v>
       </c>
       <c r="B20" s="5">
         <v>36484</v>
       </c>
-      <c r="C20" s="12">
+      <c r="C20" s="9">
         <v>102.8</v>
       </c>
-      <c r="D20" s="9">
+      <c r="D20" s="6">
         <v>0.16</v>
       </c>
       <c r="E20" s="5"/>
-      <c r="F20" s="12"/>
-      <c r="G20" s="9"/>
+      <c r="F20" s="9"/>
+      <c r="G20" s="6"/>
       <c r="H20" s="5"/>
-      <c r="I20" s="12"/>
-      <c r="J20" s="9"/>
+      <c r="I20" s="9"/>
+      <c r="J20" s="6"/>
       <c r="K20" s="5"/>
-      <c r="L20" s="12"/>
-      <c r="M20" s="9"/>
+      <c r="L20" s="9"/>
+      <c r="M20" s="6"/>
       <c r="N20" s="5"/>
-      <c r="O20" s="12"/>
-      <c r="P20" s="9"/>
+      <c r="O20" s="9"/>
+      <c r="P20" s="6"/>
       <c r="Q20" s="5"/>
-      <c r="R20" s="12"/>
-      <c r="S20" s="9"/>
+      <c r="R20" s="9"/>
+      <c r="S20" s="6"/>
       <c r="T20" s="5"/>
-      <c r="U20" s="12"/>
-      <c r="V20" s="9"/>
+      <c r="U20" s="9"/>
+      <c r="V20" s="6"/>
       <c r="W20" s="5"/>
-      <c r="X20" s="12"/>
-      <c r="Y20" s="9"/>
+      <c r="X20" s="9"/>
+      <c r="Y20" s="6"/>
       <c r="Z20" s="5"/>
-      <c r="AA20" s="12"/>
-      <c r="AB20" s="9"/>
+      <c r="AA20" s="9"/>
+      <c r="AB20" s="6"/>
     </row>
     <row r="21" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A21" s="5">
         <v>36433</v>
       </c>
       <c r="B21" s="5">
         <v>36576</v>
       </c>
-      <c r="C21" s="12">
+      <c r="C21" s="9">
         <v>103.48</v>
       </c>
-      <c r="D21" s="9">
+      <c r="D21" s="6">
         <v>0.66</v>
       </c>
       <c r="E21" s="5"/>
-      <c r="F21" s="12"/>
-      <c r="G21" s="9"/>
+      <c r="F21" s="9"/>
+      <c r="G21" s="6"/>
       <c r="H21" s="5"/>
-      <c r="I21" s="12"/>
-      <c r="J21" s="9"/>
+      <c r="I21" s="9"/>
+      <c r="J21" s="6"/>
       <c r="K21" s="5"/>
-      <c r="L21" s="12"/>
-      <c r="M21" s="9"/>
+      <c r="L21" s="9"/>
+      <c r="M21" s="6"/>
       <c r="N21" s="5"/>
-      <c r="O21" s="12"/>
-      <c r="P21" s="9"/>
+      <c r="O21" s="9"/>
+      <c r="P21" s="6"/>
       <c r="Q21" s="5"/>
-      <c r="R21" s="12"/>
-      <c r="S21" s="9"/>
+      <c r="R21" s="9"/>
+      <c r="S21" s="6"/>
       <c r="T21" s="5"/>
-      <c r="U21" s="12"/>
-      <c r="V21" s="9"/>
+      <c r="U21" s="9"/>
+      <c r="V21" s="6"/>
       <c r="W21" s="5"/>
-      <c r="X21" s="12"/>
-      <c r="Y21" s="9"/>
+      <c r="X21" s="9"/>
+      <c r="Y21" s="6"/>
       <c r="Z21" s="5"/>
-      <c r="AA21" s="12"/>
-      <c r="AB21" s="9"/>
+      <c r="AA21" s="9"/>
+      <c r="AB21" s="6"/>
     </row>
     <row r="22" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A22" s="5">
         <v>36525</v>
       </c>
       <c r="B22" s="5">
         <v>36666</v>
       </c>
-      <c r="C22" s="12">
+      <c r="C22" s="9">
         <v>104.25</v>
       </c>
-      <c r="D22" s="9">
+      <c r="D22" s="6">
         <v>0.74</v>
       </c>
       <c r="E22" s="5"/>
-      <c r="F22" s="12"/>
-      <c r="G22" s="9"/>
+      <c r="F22" s="9"/>
+      <c r="G22" s="6"/>
       <c r="H22" s="5"/>
-      <c r="I22" s="12"/>
-      <c r="J22" s="9"/>
+      <c r="I22" s="9"/>
+      <c r="J22" s="6"/>
       <c r="K22" s="5"/>
-      <c r="L22" s="12"/>
-      <c r="M22" s="9"/>
+      <c r="L22" s="9"/>
+      <c r="M22" s="6"/>
       <c r="N22" s="5"/>
-      <c r="O22" s="12"/>
-      <c r="P22" s="9"/>
+      <c r="O22" s="9"/>
+      <c r="P22" s="6"/>
       <c r="Q22" s="5"/>
-      <c r="R22" s="12"/>
-      <c r="S22" s="9"/>
+      <c r="R22" s="9"/>
+      <c r="S22" s="6"/>
       <c r="T22" s="5"/>
-      <c r="U22" s="12"/>
-      <c r="V22" s="9"/>
+      <c r="U22" s="9"/>
+      <c r="V22" s="6"/>
       <c r="W22" s="5"/>
-      <c r="X22" s="12"/>
-      <c r="Y22" s="9"/>
+      <c r="X22" s="9"/>
+      <c r="Y22" s="6"/>
       <c r="Z22" s="5"/>
-      <c r="AA22" s="12"/>
-      <c r="AB22" s="9"/>
+      <c r="AA22" s="9"/>
+      <c r="AB22" s="6"/>
     </row>
     <row r="23" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A23" s="5">
         <v>36616</v>
       </c>
       <c r="B23" s="5">
         <v>36758</v>
       </c>
-      <c r="C23" s="12">
+      <c r="C23" s="9">
         <v>105.01</v>
       </c>
-      <c r="D23" s="9">
+      <c r="D23" s="6">
         <v>0.73</v>
       </c>
       <c r="E23" s="5"/>
-      <c r="F23" s="12"/>
-      <c r="G23" s="9"/>
+      <c r="F23" s="9"/>
+      <c r="G23" s="6"/>
       <c r="H23" s="5"/>
-      <c r="I23" s="12"/>
-      <c r="J23" s="9"/>
+      <c r="I23" s="9"/>
+      <c r="J23" s="6"/>
       <c r="K23" s="5"/>
-      <c r="L23" s="12"/>
-      <c r="M23" s="9"/>
+      <c r="L23" s="9"/>
+      <c r="M23" s="6"/>
       <c r="N23" s="5"/>
-      <c r="O23" s="12"/>
-      <c r="P23" s="9"/>
+      <c r="O23" s="9"/>
+      <c r="P23" s="6"/>
       <c r="Q23" s="5"/>
-      <c r="R23" s="12"/>
-      <c r="S23" s="9"/>
+      <c r="R23" s="9"/>
+      <c r="S23" s="6"/>
       <c r="T23" s="5"/>
-      <c r="U23" s="12"/>
-      <c r="V23" s="9"/>
+      <c r="U23" s="9"/>
+      <c r="V23" s="6"/>
       <c r="W23" s="5"/>
-      <c r="X23" s="12"/>
-      <c r="Y23" s="9"/>
+      <c r="X23" s="9"/>
+      <c r="Y23" s="6"/>
       <c r="Z23" s="5"/>
-      <c r="AA23" s="12"/>
-      <c r="AB23" s="9"/>
+      <c r="AA23" s="9"/>
+      <c r="AB23" s="6"/>
     </row>
     <row r="24" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A24" s="5">
         <v>36707</v>
       </c>
       <c r="B24" s="5">
         <v>36850</v>
       </c>
-      <c r="C24" s="12">
+      <c r="C24" s="9">
         <v>105.9</v>
       </c>
-      <c r="D24" s="9">
+      <c r="D24" s="6">
         <v>0.85</v>
       </c>
       <c r="E24" s="5"/>
-      <c r="F24" s="12"/>
-      <c r="G24" s="9"/>
+      <c r="F24" s="9"/>
+      <c r="G24" s="6"/>
       <c r="H24" s="5"/>
-      <c r="I24" s="12"/>
-      <c r="J24" s="9"/>
+      <c r="I24" s="9"/>
+      <c r="J24" s="6"/>
       <c r="K24" s="5"/>
-      <c r="L24" s="12"/>
-      <c r="M24" s="9"/>
+      <c r="L24" s="9"/>
+      <c r="M24" s="6"/>
       <c r="N24" s="5"/>
-      <c r="O24" s="12"/>
-      <c r="P24" s="9"/>
+      <c r="O24" s="9"/>
+      <c r="P24" s="6"/>
       <c r="Q24" s="5"/>
-      <c r="R24" s="12"/>
-      <c r="S24" s="9"/>
+      <c r="R24" s="9"/>
+      <c r="S24" s="6"/>
       <c r="T24" s="5"/>
-      <c r="U24" s="12"/>
-      <c r="V24" s="9"/>
+      <c r="U24" s="9"/>
+      <c r="V24" s="6"/>
       <c r="W24" s="5"/>
-      <c r="X24" s="12"/>
-      <c r="Y24" s="9"/>
+      <c r="X24" s="9"/>
+      <c r="Y24" s="6"/>
       <c r="Z24" s="5"/>
-      <c r="AA24" s="12"/>
-      <c r="AB24" s="9"/>
+      <c r="AA24" s="9"/>
+      <c r="AB24" s="6"/>
     </row>
     <row r="25" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A25" s="5">
         <v>36799</v>
       </c>
       <c r="B25" s="5">
         <v>36942</v>
       </c>
-      <c r="C25" s="12">
+      <c r="C25" s="9">
         <v>108.31</v>
       </c>
-      <c r="D25" s="9">
+      <c r="D25" s="6">
         <v>2.2799999999999998</v>
       </c>
       <c r="E25" s="5"/>
-      <c r="F25" s="12"/>
-      <c r="G25" s="9"/>
+      <c r="F25" s="9"/>
+      <c r="G25" s="6"/>
       <c r="H25" s="5"/>
-      <c r="I25" s="12"/>
-      <c r="J25" s="9"/>
+      <c r="I25" s="9"/>
+      <c r="J25" s="6"/>
       <c r="K25" s="5"/>
-      <c r="L25" s="12"/>
-      <c r="M25" s="9"/>
+      <c r="L25" s="9"/>
+      <c r="M25" s="6"/>
       <c r="N25" s="5"/>
-      <c r="O25" s="12"/>
-      <c r="P25" s="9"/>
+      <c r="O25" s="9"/>
+      <c r="P25" s="6"/>
       <c r="Q25" s="5"/>
-      <c r="R25" s="12"/>
-      <c r="S25" s="9"/>
+      <c r="R25" s="9"/>
+      <c r="S25" s="6"/>
       <c r="T25" s="5"/>
-      <c r="U25" s="12"/>
-      <c r="V25" s="9"/>
+      <c r="U25" s="9"/>
+      <c r="V25" s="6"/>
       <c r="W25" s="5"/>
-      <c r="X25" s="12"/>
-      <c r="Y25" s="9"/>
+      <c r="X25" s="9"/>
+      <c r="Y25" s="6"/>
       <c r="Z25" s="5"/>
-      <c r="AA25" s="12"/>
-      <c r="AB25" s="9"/>
+      <c r="AA25" s="9"/>
+      <c r="AB25" s="6"/>
     </row>
     <row r="26" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A26" s="5">
         <v>36891</v>
       </c>
       <c r="B26" s="5">
         <v>37031</v>
       </c>
-      <c r="C26" s="12">
+      <c r="C26" s="9">
         <v>110.5</v>
       </c>
-      <c r="D26" s="9">
+      <c r="D26" s="6">
         <v>2.02</v>
       </c>
       <c r="E26" s="5"/>
-      <c r="F26" s="12"/>
-      <c r="G26" s="9"/>
+      <c r="F26" s="9"/>
+      <c r="G26" s="6"/>
       <c r="H26" s="5"/>
-      <c r="I26" s="12"/>
-      <c r="J26" s="9"/>
+      <c r="I26" s="9"/>
+      <c r="J26" s="6"/>
       <c r="K26" s="5"/>
-      <c r="L26" s="12"/>
-      <c r="M26" s="9"/>
+      <c r="L26" s="9"/>
+      <c r="M26" s="6"/>
       <c r="N26" s="5"/>
-      <c r="O26" s="12"/>
-      <c r="P26" s="9"/>
+      <c r="O26" s="9"/>
+      <c r="P26" s="6"/>
       <c r="Q26" s="5"/>
-      <c r="R26" s="12"/>
-      <c r="S26" s="9"/>
+      <c r="R26" s="9"/>
+      <c r="S26" s="6"/>
       <c r="T26" s="5"/>
-      <c r="U26" s="12"/>
-      <c r="V26" s="9"/>
+      <c r="U26" s="9"/>
+      <c r="V26" s="6"/>
       <c r="W26" s="5"/>
-      <c r="X26" s="12"/>
-      <c r="Y26" s="9"/>
+      <c r="X26" s="9"/>
+      <c r="Y26" s="6"/>
       <c r="Z26" s="5"/>
-      <c r="AA26" s="12"/>
-      <c r="AB26" s="9"/>
+      <c r="AA26" s="9"/>
+      <c r="AB26" s="6"/>
     </row>
     <row r="27" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A27" s="5">
         <v>36981</v>
       </c>
       <c r="B27" s="5">
         <v>37123</v>
       </c>
-      <c r="C27" s="12">
+      <c r="C27" s="9">
         <v>111.26</v>
       </c>
-      <c r="D27" s="9">
+      <c r="D27" s="6">
         <v>0.69</v>
       </c>
       <c r="E27" s="5"/>
-      <c r="F27" s="12"/>
-      <c r="G27" s="9"/>
+      <c r="F27" s="9"/>
+      <c r="G27" s="6"/>
       <c r="H27" s="5"/>
-      <c r="I27" s="12"/>
-      <c r="J27" s="9"/>
+      <c r="I27" s="9"/>
+      <c r="J27" s="6"/>
       <c r="K27" s="5"/>
-      <c r="L27" s="12"/>
-      <c r="M27" s="9"/>
+      <c r="L27" s="9"/>
+      <c r="M27" s="6"/>
       <c r="N27" s="5"/>
-      <c r="O27" s="12"/>
-      <c r="P27" s="9"/>
+      <c r="O27" s="9"/>
+      <c r="P27" s="6"/>
       <c r="Q27" s="5"/>
-      <c r="R27" s="12"/>
-      <c r="S27" s="9"/>
+      <c r="R27" s="9"/>
+      <c r="S27" s="6"/>
       <c r="T27" s="5"/>
-      <c r="U27" s="12"/>
-      <c r="V27" s="9"/>
+      <c r="U27" s="9"/>
+      <c r="V27" s="6"/>
       <c r="W27" s="5"/>
-      <c r="X27" s="12"/>
-      <c r="Y27" s="9"/>
+      <c r="X27" s="9"/>
+      <c r="Y27" s="6"/>
       <c r="Z27" s="5"/>
-      <c r="AA27" s="12"/>
-      <c r="AB27" s="9"/>
+      <c r="AA27" s="9"/>
+      <c r="AB27" s="6"/>
     </row>
     <row r="28" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A28" s="5">
         <v>37072</v>
       </c>
       <c r="B28" s="5">
         <v>37215</v>
       </c>
-      <c r="C28" s="12">
+      <c r="C28" s="9">
         <v>112.32</v>
       </c>
-      <c r="D28" s="9">
+      <c r="D28" s="6">
         <v>0.95</v>
       </c>
       <c r="E28" s="5"/>
-      <c r="F28" s="12"/>
-      <c r="G28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="6"/>
       <c r="H28" s="5"/>
-      <c r="I28" s="12"/>
-      <c r="J28" s="9"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="6"/>
       <c r="K28" s="5"/>
-      <c r="L28" s="12"/>
-      <c r="M28" s="9"/>
+      <c r="L28" s="9"/>
+      <c r="M28" s="6"/>
       <c r="N28" s="5"/>
-      <c r="O28" s="12"/>
-      <c r="P28" s="9"/>
+      <c r="O28" s="9"/>
+      <c r="P28" s="6"/>
       <c r="Q28" s="5"/>
-      <c r="R28" s="12"/>
-      <c r="S28" s="9"/>
+      <c r="R28" s="9"/>
+      <c r="S28" s="6"/>
       <c r="T28" s="5"/>
-      <c r="U28" s="12"/>
-      <c r="V28" s="9"/>
+      <c r="U28" s="9"/>
+      <c r="V28" s="6"/>
       <c r="W28" s="5"/>
-      <c r="X28" s="12"/>
-      <c r="Y28" s="9"/>
+      <c r="X28" s="9"/>
+      <c r="Y28" s="6"/>
       <c r="Z28" s="5"/>
-      <c r="AA28" s="12"/>
-      <c r="AB28" s="9"/>
+      <c r="AA28" s="9"/>
+      <c r="AB28" s="6"/>
     </row>
     <row r="29" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A29" s="5">
         <v>37164</v>
       </c>
       <c r="B29" s="5">
         <v>37307</v>
       </c>
-      <c r="C29" s="12">
+      <c r="C29" s="9">
         <v>112.96</v>
       </c>
-      <c r="D29" s="9">
+      <c r="D29" s="6">
         <v>0.56999999999999995</v>
       </c>
       <c r="E29" s="5"/>
-      <c r="F29" s="12"/>
-      <c r="G29" s="9"/>
+      <c r="F29" s="9"/>
+      <c r="G29" s="6"/>
       <c r="H29" s="5"/>
-      <c r="I29" s="12"/>
-      <c r="J29" s="9"/>
+      <c r="I29" s="9"/>
+      <c r="J29" s="6"/>
       <c r="K29" s="5"/>
-      <c r="L29" s="12"/>
-      <c r="M29" s="9"/>
+      <c r="L29" s="9"/>
+      <c r="M29" s="6"/>
       <c r="N29" s="5"/>
-      <c r="O29" s="12"/>
-      <c r="P29" s="9"/>
+      <c r="O29" s="9"/>
+      <c r="P29" s="6"/>
       <c r="Q29" s="5"/>
-      <c r="R29" s="12"/>
-      <c r="S29" s="9"/>
+      <c r="R29" s="9"/>
+      <c r="S29" s="6"/>
       <c r="T29" s="5"/>
-      <c r="U29" s="12"/>
-      <c r="V29" s="9"/>
+      <c r="U29" s="9"/>
+      <c r="V29" s="6"/>
       <c r="W29" s="5"/>
-      <c r="X29" s="12"/>
-      <c r="Y29" s="9"/>
+      <c r="X29" s="9"/>
+      <c r="Y29" s="6"/>
       <c r="Z29" s="5"/>
-      <c r="AA29" s="12"/>
-      <c r="AB29" s="9"/>
+      <c r="AA29" s="9"/>
+      <c r="AB29" s="6"/>
     </row>
     <row r="30" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A30" s="5">
         <v>37256</v>
       </c>
       <c r="B30" s="5">
         <v>37396</v>
       </c>
-      <c r="C30" s="12">
+      <c r="C30" s="9">
         <v>113.64</v>
       </c>
-      <c r="D30" s="9">
+      <c r="D30" s="6">
         <v>0.6</v>
       </c>
       <c r="E30" s="5"/>
-      <c r="F30" s="12"/>
-      <c r="G30" s="9"/>
+      <c r="F30" s="9"/>
+      <c r="G30" s="6"/>
       <c r="H30" s="5"/>
-      <c r="I30" s="12"/>
-      <c r="J30" s="9"/>
+      <c r="I30" s="9"/>
+      <c r="J30" s="6"/>
       <c r="K30" s="5"/>
-      <c r="L30" s="12"/>
-      <c r="M30" s="9"/>
+      <c r="L30" s="9"/>
+      <c r="M30" s="6"/>
       <c r="N30" s="5"/>
-      <c r="O30" s="12"/>
-      <c r="P30" s="9"/>
+      <c r="O30" s="9"/>
+      <c r="P30" s="6"/>
       <c r="Q30" s="5"/>
-      <c r="R30" s="12"/>
-      <c r="S30" s="9"/>
+      <c r="R30" s="9"/>
+      <c r="S30" s="6"/>
       <c r="T30" s="5"/>
-      <c r="U30" s="12"/>
-      <c r="V30" s="9"/>
+      <c r="U30" s="9"/>
+      <c r="V30" s="6"/>
       <c r="W30" s="5"/>
-      <c r="X30" s="12"/>
-      <c r="Y30" s="9"/>
+      <c r="X30" s="9"/>
+      <c r="Y30" s="6"/>
       <c r="Z30" s="5"/>
-      <c r="AA30" s="12"/>
-      <c r="AB30" s="9"/>
+      <c r="AA30" s="9"/>
+      <c r="AB30" s="6"/>
     </row>
     <row r="31" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A31" s="5">
         <v>37346</v>
       </c>
       <c r="B31" s="5">
         <v>37488</v>
       </c>
-      <c r="C31" s="12">
+      <c r="C31" s="9">
         <v>114.65</v>
       </c>
-      <c r="D31" s="9">
+      <c r="D31" s="6">
         <v>0.89</v>
       </c>
       <c r="E31" s="5"/>
-      <c r="F31" s="12"/>
-      <c r="G31" s="9"/>
+      <c r="F31" s="9"/>
+      <c r="G31" s="6"/>
       <c r="H31" s="5"/>
-      <c r="I31" s="12"/>
-      <c r="J31" s="9"/>
+      <c r="I31" s="9"/>
+      <c r="J31" s="6"/>
       <c r="K31" s="5"/>
-      <c r="L31" s="12"/>
-      <c r="M31" s="9"/>
+      <c r="L31" s="9"/>
+      <c r="M31" s="6"/>
       <c r="N31" s="5"/>
-      <c r="O31" s="12"/>
-      <c r="P31" s="9"/>
+      <c r="O31" s="9"/>
+      <c r="P31" s="6"/>
       <c r="Q31" s="5"/>
-      <c r="R31" s="12"/>
-      <c r="S31" s="9"/>
+      <c r="R31" s="9"/>
+      <c r="S31" s="6"/>
       <c r="T31" s="5"/>
-      <c r="U31" s="12"/>
-      <c r="V31" s="9"/>
+      <c r="U31" s="9"/>
+      <c r="V31" s="6"/>
       <c r="W31" s="5"/>
-      <c r="X31" s="12"/>
-      <c r="Y31" s="9"/>
+      <c r="X31" s="9"/>
+      <c r="Y31" s="6"/>
       <c r="Z31" s="5"/>
-      <c r="AA31" s="12"/>
-      <c r="AB31" s="9"/>
+      <c r="AA31" s="9"/>
+      <c r="AB31" s="6"/>
     </row>
     <row r="32" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A32" s="5">
         <v>37437</v>
       </c>
       <c r="B32" s="5">
         <v>37580</v>
       </c>
-      <c r="C32" s="12">
+      <c r="C32" s="9">
         <v>115.58</v>
       </c>
-      <c r="D32" s="9">
+      <c r="D32" s="6">
         <v>0.81</v>
       </c>
       <c r="E32" s="5"/>
-      <c r="F32" s="12"/>
-      <c r="G32" s="9"/>
+      <c r="F32" s="9"/>
+      <c r="G32" s="6"/>
       <c r="H32" s="5"/>
-      <c r="I32" s="12"/>
-      <c r="J32" s="9"/>
+      <c r="I32" s="9"/>
+      <c r="J32" s="6"/>
       <c r="K32" s="5"/>
-      <c r="L32" s="12"/>
-      <c r="M32" s="9"/>
+      <c r="L32" s="9"/>
+      <c r="M32" s="6"/>
       <c r="N32" s="5"/>
-      <c r="O32" s="12"/>
-      <c r="P32" s="9"/>
+      <c r="O32" s="9"/>
+      <c r="P32" s="6"/>
       <c r="Q32" s="5"/>
-      <c r="R32" s="12"/>
-      <c r="S32" s="9"/>
+      <c r="R32" s="9"/>
+      <c r="S32" s="6"/>
       <c r="T32" s="5"/>
-      <c r="U32" s="12"/>
-      <c r="V32" s="9"/>
+      <c r="U32" s="9"/>
+      <c r="V32" s="6"/>
       <c r="W32" s="5"/>
-      <c r="X32" s="12"/>
-      <c r="Y32" s="9"/>
+      <c r="X32" s="9"/>
+      <c r="Y32" s="6"/>
       <c r="Z32" s="5"/>
-      <c r="AA32" s="12"/>
-      <c r="AB32" s="9"/>
+      <c r="AA32" s="9"/>
+      <c r="AB32" s="6"/>
     </row>
     <row r="33" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A33" s="5">
         <v>37529</v>
       </c>
       <c r="B33" s="5">
         <v>37672</v>
       </c>
-      <c r="C33" s="12">
+      <c r="C33" s="9">
         <v>116.39</v>
       </c>
-      <c r="D33" s="9">
+      <c r="D33" s="6">
         <v>0.7</v>
       </c>
       <c r="E33" s="5"/>
-      <c r="F33" s="12"/>
-      <c r="G33" s="9"/>
+      <c r="F33" s="9"/>
+      <c r="G33" s="6"/>
       <c r="H33" s="5"/>
-      <c r="I33" s="12"/>
-      <c r="J33" s="9"/>
+      <c r="I33" s="9"/>
+      <c r="J33" s="6"/>
       <c r="K33" s="5"/>
-      <c r="L33" s="12"/>
-      <c r="M33" s="9"/>
+      <c r="L33" s="9"/>
+      <c r="M33" s="6"/>
       <c r="N33" s="5"/>
-      <c r="O33" s="12"/>
-      <c r="P33" s="9"/>
+      <c r="O33" s="9"/>
+      <c r="P33" s="6"/>
       <c r="Q33" s="5"/>
-      <c r="R33" s="12"/>
-      <c r="S33" s="9"/>
+      <c r="R33" s="9"/>
+      <c r="S33" s="6"/>
       <c r="T33" s="5"/>
-      <c r="U33" s="12"/>
-      <c r="V33" s="9"/>
+      <c r="U33" s="9"/>
+      <c r="V33" s="6"/>
       <c r="W33" s="5"/>
-      <c r="X33" s="12"/>
-      <c r="Y33" s="9"/>
+      <c r="X33" s="9"/>
+      <c r="Y33" s="6"/>
       <c r="Z33" s="5"/>
-      <c r="AA33" s="12"/>
-      <c r="AB33" s="9"/>
+      <c r="AA33" s="9"/>
+      <c r="AB33" s="6"/>
     </row>
     <row r="34" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A34" s="5">
         <v>37621</v>
       </c>
       <c r="B34" s="5">
         <v>37761</v>
       </c>
-      <c r="C34" s="12">
+      <c r="C34" s="9">
         <v>117.19</v>
       </c>
-      <c r="D34" s="9">
+      <c r="D34" s="6">
         <v>0.69</v>
       </c>
       <c r="E34" s="5"/>
-      <c r="F34" s="12"/>
-      <c r="G34" s="9"/>
+      <c r="F34" s="9"/>
+      <c r="G34" s="6"/>
       <c r="H34" s="5"/>
-      <c r="I34" s="12"/>
-      <c r="J34" s="9"/>
+      <c r="I34" s="9"/>
+      <c r="J34" s="6"/>
       <c r="K34" s="5"/>
-      <c r="L34" s="12"/>
-      <c r="M34" s="9"/>
+      <c r="L34" s="9"/>
+      <c r="M34" s="6"/>
       <c r="N34" s="5"/>
-      <c r="O34" s="12"/>
-      <c r="P34" s="9"/>
+      <c r="O34" s="9"/>
+      <c r="P34" s="6"/>
       <c r="Q34" s="5"/>
-      <c r="R34" s="12"/>
-      <c r="S34" s="9"/>
+      <c r="R34" s="9"/>
+      <c r="S34" s="6"/>
       <c r="T34" s="5"/>
-      <c r="U34" s="12"/>
-      <c r="V34" s="9"/>
+      <c r="U34" s="9"/>
+      <c r="V34" s="6"/>
       <c r="W34" s="5"/>
-      <c r="X34" s="12"/>
-      <c r="Y34" s="9"/>
+      <c r="X34" s="9"/>
+      <c r="Y34" s="6"/>
       <c r="Z34" s="5"/>
-      <c r="AA34" s="12"/>
-      <c r="AB34" s="9"/>
+      <c r="AA34" s="9"/>
+      <c r="AB34" s="6"/>
     </row>
     <row r="35" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A35" s="5">
         <v>37711</v>
       </c>
       <c r="B35" s="5">
         <v>37853</v>
       </c>
-      <c r="C35" s="12">
+      <c r="C35" s="9">
         <v>118.37</v>
       </c>
-      <c r="D35" s="9">
+      <c r="D35" s="6">
         <v>1.01</v>
       </c>
       <c r="E35" s="5"/>
-      <c r="F35" s="12"/>
-      <c r="G35" s="9"/>
+      <c r="F35" s="9"/>
+      <c r="G35" s="6"/>
       <c r="H35" s="5"/>
-      <c r="I35" s="12"/>
-      <c r="J35" s="9"/>
+      <c r="I35" s="9"/>
+      <c r="J35" s="6"/>
       <c r="K35" s="5"/>
-      <c r="L35" s="12"/>
-      <c r="M35" s="9"/>
+      <c r="L35" s="9"/>
+      <c r="M35" s="6"/>
       <c r="N35" s="5"/>
-      <c r="O35" s="12"/>
-      <c r="P35" s="9"/>
+      <c r="O35" s="9"/>
+      <c r="P35" s="6"/>
       <c r="Q35" s="5"/>
-      <c r="R35" s="12"/>
-      <c r="S35" s="9"/>
+      <c r="R35" s="9"/>
+      <c r="S35" s="6"/>
       <c r="T35" s="5"/>
-      <c r="U35" s="12"/>
-      <c r="V35" s="9"/>
+      <c r="U35" s="9"/>
+      <c r="V35" s="6"/>
       <c r="W35" s="5"/>
-      <c r="X35" s="12"/>
-      <c r="Y35" s="9"/>
+      <c r="X35" s="9"/>
+      <c r="Y35" s="6"/>
       <c r="Z35" s="5"/>
-      <c r="AA35" s="12"/>
-      <c r="AB35" s="9"/>
+      <c r="AA35" s="9"/>
+      <c r="AB35" s="6"/>
     </row>
     <row r="36" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A36" s="5">
         <v>37802</v>
       </c>
       <c r="B36" s="5">
         <v>37945</v>
       </c>
-      <c r="C36" s="12">
+      <c r="C36" s="9">
         <v>119.14</v>
       </c>
-      <c r="D36" s="9">
+      <c r="D36" s="6">
         <v>0.65</v>
       </c>
       <c r="E36" s="5"/>
-      <c r="F36" s="12"/>
-      <c r="G36" s="9"/>
+      <c r="F36" s="9"/>
+      <c r="G36" s="6"/>
       <c r="H36" s="5"/>
-      <c r="I36" s="12"/>
-      <c r="J36" s="9"/>
+      <c r="I36" s="9"/>
+      <c r="J36" s="6"/>
       <c r="K36" s="5"/>
-      <c r="L36" s="12"/>
-      <c r="M36" s="9"/>
+      <c r="L36" s="9"/>
+      <c r="M36" s="6"/>
       <c r="N36" s="5"/>
-      <c r="O36" s="12"/>
-      <c r="P36" s="9"/>
+      <c r="O36" s="9"/>
+      <c r="P36" s="6"/>
       <c r="Q36" s="5"/>
-      <c r="R36" s="12"/>
-      <c r="S36" s="9"/>
+      <c r="R36" s="9"/>
+      <c r="S36" s="6"/>
       <c r="T36" s="5"/>
-      <c r="U36" s="12"/>
-      <c r="V36" s="9"/>
+      <c r="U36" s="9"/>
+      <c r="V36" s="6"/>
       <c r="W36" s="5"/>
-      <c r="X36" s="12"/>
-      <c r="Y36" s="9"/>
+      <c r="X36" s="9"/>
+      <c r="Y36" s="6"/>
       <c r="Z36" s="5"/>
-      <c r="AA36" s="12"/>
-      <c r="AB36" s="9"/>
+      <c r="AA36" s="9"/>
+      <c r="AB36" s="6"/>
     </row>
     <row r="37" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A37" s="5">
         <v>37894</v>
       </c>
       <c r="B37" s="5">
         <v>38037</v>
       </c>
-      <c r="C37" s="12">
+      <c r="C37" s="9">
         <v>119.47</v>
       </c>
-      <c r="D37" s="9">
+      <c r="D37" s="6">
         <v>0.28000000000000003</v>
       </c>
       <c r="E37" s="5"/>
-      <c r="F37" s="12"/>
-      <c r="G37" s="9"/>
+      <c r="F37" s="9"/>
+      <c r="G37" s="6"/>
       <c r="H37" s="5"/>
-      <c r="I37" s="12"/>
-      <c r="J37" s="9"/>
+      <c r="I37" s="9"/>
+      <c r="J37" s="6"/>
       <c r="K37" s="5"/>
-      <c r="L37" s="12"/>
-      <c r="M37" s="9"/>
+      <c r="L37" s="9"/>
+      <c r="M37" s="6"/>
       <c r="N37" s="5"/>
-      <c r="O37" s="12"/>
-      <c r="P37" s="9"/>
+      <c r="O37" s="9"/>
+      <c r="P37" s="6"/>
       <c r="Q37" s="5"/>
-      <c r="R37" s="12"/>
-      <c r="S37" s="9"/>
+      <c r="R37" s="9"/>
+      <c r="S37" s="6"/>
       <c r="T37" s="5"/>
-      <c r="U37" s="12"/>
-      <c r="V37" s="9"/>
+      <c r="U37" s="9"/>
+      <c r="V37" s="6"/>
       <c r="W37" s="5"/>
-      <c r="X37" s="12"/>
-      <c r="Y37" s="9"/>
+      <c r="X37" s="9"/>
+      <c r="Y37" s="6"/>
       <c r="Z37" s="5"/>
-      <c r="AA37" s="12"/>
-      <c r="AB37" s="9"/>
+      <c r="AA37" s="9"/>
+      <c r="AB37" s="6"/>
     </row>
     <row r="38" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A38" s="5">
         <v>37986</v>
       </c>
       <c r="B38" s="5">
         <v>38127</v>
       </c>
-      <c r="C38" s="12">
+      <c r="C38" s="9">
         <v>120.1</v>
       </c>
-      <c r="D38" s="9">
+      <c r="D38" s="6">
         <v>0.53</v>
       </c>
       <c r="E38" s="5"/>
-      <c r="F38" s="12"/>
-      <c r="G38" s="9"/>
+      <c r="F38" s="9"/>
+      <c r="G38" s="6"/>
       <c r="H38" s="5"/>
-      <c r="I38" s="12"/>
-      <c r="J38" s="9"/>
+      <c r="I38" s="9"/>
+      <c r="J38" s="6"/>
       <c r="K38" s="5"/>
-      <c r="L38" s="12"/>
-      <c r="M38" s="9"/>
+      <c r="L38" s="9"/>
+      <c r="M38" s="6"/>
       <c r="N38" s="5"/>
-      <c r="O38" s="12"/>
-      <c r="P38" s="9"/>
+      <c r="O38" s="9"/>
+      <c r="P38" s="6"/>
       <c r="Q38" s="5"/>
-      <c r="R38" s="12"/>
-      <c r="S38" s="9"/>
+      <c r="R38" s="9"/>
+      <c r="S38" s="6"/>
       <c r="T38" s="5"/>
-      <c r="U38" s="12"/>
-      <c r="V38" s="9"/>
+      <c r="U38" s="9"/>
+      <c r="V38" s="6"/>
       <c r="W38" s="5"/>
-      <c r="X38" s="12"/>
-      <c r="Y38" s="9"/>
+      <c r="X38" s="9"/>
+      <c r="Y38" s="6"/>
       <c r="Z38" s="5"/>
-      <c r="AA38" s="12"/>
-      <c r="AB38" s="9"/>
+      <c r="AA38" s="9"/>
+      <c r="AB38" s="6"/>
     </row>
     <row r="39" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A39" s="5">
         <v>38077</v>
       </c>
       <c r="B39" s="5">
         <v>38219</v>
       </c>
-      <c r="C39" s="12">
+      <c r="C39" s="9">
         <v>120.94</v>
       </c>
-      <c r="D39" s="9">
+      <c r="D39" s="6">
         <v>0.7</v>
       </c>
       <c r="E39" s="5"/>
-      <c r="F39" s="12"/>
-      <c r="G39" s="9"/>
+      <c r="F39" s="9"/>
+      <c r="G39" s="6"/>
       <c r="H39" s="5"/>
-      <c r="I39" s="12"/>
-      <c r="J39" s="9"/>
+      <c r="I39" s="9"/>
+      <c r="J39" s="6"/>
       <c r="K39" s="5"/>
-      <c r="L39" s="12"/>
-      <c r="M39" s="9"/>
+      <c r="L39" s="9"/>
+      <c r="M39" s="6"/>
       <c r="N39" s="5"/>
-      <c r="O39" s="12"/>
-      <c r="P39" s="9"/>
+      <c r="O39" s="9"/>
+      <c r="P39" s="6"/>
       <c r="Q39" s="5"/>
-      <c r="R39" s="12"/>
-      <c r="S39" s="9"/>
+      <c r="R39" s="9"/>
+      <c r="S39" s="6"/>
       <c r="T39" s="5"/>
-      <c r="U39" s="12"/>
-      <c r="V39" s="9"/>
+      <c r="U39" s="9"/>
+      <c r="V39" s="6"/>
       <c r="W39" s="5"/>
-      <c r="X39" s="12"/>
-      <c r="Y39" s="9"/>
+      <c r="X39" s="9"/>
+      <c r="Y39" s="6"/>
       <c r="Z39" s="5"/>
-      <c r="AA39" s="12"/>
-      <c r="AB39" s="9"/>
+      <c r="AA39" s="9"/>
+      <c r="AB39" s="6"/>
     </row>
     <row r="40" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A40" s="5">
         <v>38168</v>
       </c>
       <c r="B40" s="5">
         <v>38311</v>
       </c>
-      <c r="C40" s="12">
+      <c r="C40" s="9">
         <v>121.79</v>
       </c>
-      <c r="D40" s="9">
+      <c r="D40" s="6">
         <v>0.7</v>
       </c>
       <c r="E40" s="5"/>
-      <c r="F40" s="12"/>
-      <c r="G40" s="9"/>
+      <c r="F40" s="9"/>
+      <c r="G40" s="6"/>
       <c r="H40" s="5"/>
-      <c r="I40" s="12"/>
-      <c r="J40" s="9"/>
+      <c r="I40" s="9"/>
+      <c r="J40" s="6"/>
       <c r="K40" s="5"/>
-      <c r="L40" s="12"/>
-      <c r="M40" s="9"/>
+      <c r="L40" s="9"/>
+      <c r="M40" s="6"/>
       <c r="N40" s="5"/>
-      <c r="O40" s="12"/>
-      <c r="P40" s="9"/>
+      <c r="O40" s="9"/>
+      <c r="P40" s="6"/>
       <c r="Q40" s="5"/>
-      <c r="R40" s="12"/>
-      <c r="S40" s="9"/>
+      <c r="R40" s="9"/>
+      <c r="S40" s="6"/>
       <c r="T40" s="5"/>
-      <c r="U40" s="12"/>
-      <c r="V40" s="9"/>
+      <c r="U40" s="9"/>
+      <c r="V40" s="6"/>
       <c r="W40" s="5"/>
-      <c r="X40" s="12"/>
-      <c r="Y40" s="9"/>
+      <c r="X40" s="9"/>
+      <c r="Y40" s="6"/>
       <c r="Z40" s="5"/>
-      <c r="AA40" s="12"/>
-      <c r="AB40" s="9"/>
+      <c r="AA40" s="9"/>
+      <c r="AB40" s="6"/>
     </row>
     <row r="41" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A41" s="5">
         <v>38260</v>
       </c>
       <c r="B41" s="5">
         <v>38403</v>
       </c>
-      <c r="C41" s="12">
+      <c r="C41" s="9">
         <v>122.34</v>
       </c>
-      <c r="D41" s="9">
+      <c r="D41" s="6">
         <v>0.45</v>
       </c>
       <c r="E41" s="5"/>
-      <c r="F41" s="12"/>
-      <c r="G41" s="9"/>
+      <c r="F41" s="9"/>
+      <c r="G41" s="6"/>
       <c r="H41" s="5"/>
-      <c r="I41" s="12"/>
-      <c r="J41" s="9"/>
+      <c r="I41" s="9"/>
+      <c r="J41" s="6"/>
       <c r="K41" s="5"/>
-      <c r="L41" s="12"/>
-      <c r="M41" s="9"/>
+      <c r="L41" s="9"/>
+      <c r="M41" s="6"/>
       <c r="N41" s="5"/>
-      <c r="O41" s="12"/>
-      <c r="P41" s="9"/>
+      <c r="O41" s="9"/>
+      <c r="P41" s="6"/>
       <c r="Q41" s="5"/>
-      <c r="R41" s="12"/>
-      <c r="S41" s="9"/>
+      <c r="R41" s="9"/>
+      <c r="S41" s="6"/>
       <c r="T41" s="5"/>
-      <c r="U41" s="12"/>
-      <c r="V41" s="9"/>
+      <c r="U41" s="9"/>
+      <c r="V41" s="6"/>
       <c r="W41" s="5"/>
-      <c r="X41" s="12"/>
-      <c r="Y41" s="9"/>
+      <c r="X41" s="9"/>
+      <c r="Y41" s="6"/>
       <c r="Z41" s="5"/>
-      <c r="AA41" s="12"/>
-      <c r="AB41" s="9"/>
+      <c r="AA41" s="9"/>
+      <c r="AB41" s="6"/>
     </row>
     <row r="42" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A42" s="5">
         <v>38352</v>
       </c>
       <c r="B42" s="5">
         <v>38492</v>
       </c>
-      <c r="C42" s="12">
+      <c r="C42" s="9">
         <v>123.06</v>
       </c>
-      <c r="D42" s="9">
+      <c r="D42" s="6">
         <v>0.59</v>
       </c>
       <c r="E42" s="5"/>
-      <c r="F42" s="12"/>
-      <c r="G42" s="9"/>
+      <c r="F42" s="9"/>
+      <c r="G42" s="6"/>
       <c r="H42" s="5"/>
-      <c r="I42" s="12"/>
-      <c r="J42" s="9"/>
+      <c r="I42" s="9"/>
+      <c r="J42" s="6"/>
       <c r="K42" s="5"/>
-      <c r="L42" s="12"/>
-      <c r="M42" s="9"/>
+      <c r="L42" s="9"/>
+      <c r="M42" s="6"/>
       <c r="N42" s="5"/>
-      <c r="O42" s="12"/>
-      <c r="P42" s="9"/>
+      <c r="O42" s="9"/>
+      <c r="P42" s="6"/>
       <c r="Q42" s="5"/>
-      <c r="R42" s="12"/>
-      <c r="S42" s="9"/>
+      <c r="R42" s="9"/>
+      <c r="S42" s="6"/>
       <c r="T42" s="5"/>
-      <c r="U42" s="12"/>
-      <c r="V42" s="9"/>
+      <c r="U42" s="9"/>
+      <c r="V42" s="6"/>
       <c r="W42" s="5"/>
-      <c r="X42" s="12"/>
-      <c r="Y42" s="9"/>
+      <c r="X42" s="9"/>
+      <c r="Y42" s="6"/>
       <c r="Z42" s="5"/>
-      <c r="AA42" s="12"/>
-      <c r="AB42" s="9"/>
+      <c r="AA42" s="9"/>
+      <c r="AB42" s="6"/>
     </row>
     <row r="43" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A43" s="5">
         <v>38442</v>
       </c>
       <c r="B43" s="5">
         <v>38584</v>
       </c>
-      <c r="C43" s="12">
+      <c r="C43" s="9">
         <v>123.95</v>
       </c>
-      <c r="D43" s="9">
+      <c r="D43" s="6">
         <v>0.72</v>
       </c>
       <c r="E43" s="5"/>
-      <c r="F43" s="12"/>
-      <c r="G43" s="9"/>
+      <c r="F43" s="9"/>
+      <c r="G43" s="6"/>
       <c r="H43" s="5"/>
-      <c r="I43" s="12"/>
-      <c r="J43" s="9"/>
+      <c r="I43" s="9"/>
+      <c r="J43" s="6"/>
       <c r="K43" s="5"/>
-      <c r="L43" s="12"/>
-      <c r="M43" s="9"/>
+      <c r="L43" s="9"/>
+      <c r="M43" s="6"/>
       <c r="N43" s="5"/>
-      <c r="O43" s="12"/>
-      <c r="P43" s="9"/>
+      <c r="O43" s="9"/>
+      <c r="P43" s="6"/>
       <c r="Q43" s="5"/>
-      <c r="R43" s="12"/>
-      <c r="S43" s="9"/>
+      <c r="R43" s="9"/>
+      <c r="S43" s="6"/>
       <c r="T43" s="5"/>
-      <c r="U43" s="12"/>
-      <c r="V43" s="9"/>
+      <c r="U43" s="9"/>
+      <c r="V43" s="6"/>
       <c r="W43" s="5"/>
-      <c r="X43" s="12"/>
-      <c r="Y43" s="9"/>
+      <c r="X43" s="9"/>
+      <c r="Y43" s="6"/>
       <c r="Z43" s="5"/>
-      <c r="AA43" s="12"/>
-      <c r="AB43" s="9"/>
+      <c r="AA43" s="9"/>
+      <c r="AB43" s="6"/>
     </row>
     <row r="44" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A44" s="5">
         <v>38533</v>
       </c>
       <c r="B44" s="5">
         <v>38676</v>
       </c>
-      <c r="C44" s="12">
+      <c r="C44" s="9">
         <v>124.76</v>
       </c>
-      <c r="D44" s="9">
+      <c r="D44" s="6">
         <v>0.65</v>
       </c>
       <c r="E44" s="5"/>
-      <c r="F44" s="12"/>
-      <c r="G44" s="9"/>
+      <c r="F44" s="9"/>
+      <c r="G44" s="6"/>
       <c r="H44" s="5"/>
-      <c r="I44" s="12"/>
-      <c r="J44" s="9"/>
+      <c r="I44" s="9"/>
+      <c r="J44" s="6"/>
       <c r="K44" s="5"/>
-      <c r="L44" s="12"/>
-      <c r="M44" s="9"/>
+      <c r="L44" s="9"/>
+      <c r="M44" s="6"/>
       <c r="N44" s="5"/>
-      <c r="O44" s="12"/>
-      <c r="P44" s="9"/>
+      <c r="O44" s="9"/>
+      <c r="P44" s="6"/>
       <c r="Q44" s="5"/>
-      <c r="R44" s="12"/>
-      <c r="S44" s="9"/>
+      <c r="R44" s="9"/>
+      <c r="S44" s="6"/>
       <c r="T44" s="5"/>
-      <c r="U44" s="12"/>
-      <c r="V44" s="9"/>
+      <c r="U44" s="9"/>
+      <c r="V44" s="6"/>
       <c r="W44" s="5"/>
-      <c r="X44" s="12"/>
-      <c r="Y44" s="9"/>
+      <c r="X44" s="9"/>
+      <c r="Y44" s="6"/>
       <c r="Z44" s="5"/>
-      <c r="AA44" s="12"/>
-      <c r="AB44" s="9"/>
+      <c r="AA44" s="9"/>
+      <c r="AB44" s="6"/>
     </row>
     <row r="45" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A45" s="5">
         <v>38625</v>
       </c>
       <c r="B45" s="5">
         <v>38768</v>
       </c>
-      <c r="C45" s="12">
+      <c r="C45" s="9">
         <v>125.73</v>
       </c>
-      <c r="D45" s="9">
+      <c r="D45" s="6">
         <v>0.78</v>
       </c>
       <c r="E45" s="5"/>
-      <c r="F45" s="12"/>
-      <c r="G45" s="9"/>
+      <c r="F45" s="9"/>
+      <c r="G45" s="6"/>
       <c r="H45" s="5"/>
-      <c r="I45" s="12"/>
-      <c r="J45" s="9"/>
+      <c r="I45" s="9"/>
+      <c r="J45" s="6"/>
       <c r="K45" s="5"/>
-      <c r="L45" s="12"/>
-      <c r="M45" s="9"/>
+      <c r="L45" s="9"/>
+      <c r="M45" s="6"/>
       <c r="N45" s="5"/>
-      <c r="O45" s="12"/>
-      <c r="P45" s="9"/>
+      <c r="O45" s="9"/>
+      <c r="P45" s="6"/>
       <c r="Q45" s="5"/>
-      <c r="R45" s="12"/>
-      <c r="S45" s="9"/>
+      <c r="R45" s="9"/>
+      <c r="S45" s="6"/>
       <c r="T45" s="5"/>
-      <c r="U45" s="12"/>
-      <c r="V45" s="9"/>
+      <c r="U45" s="9"/>
+      <c r="V45" s="6"/>
       <c r="W45" s="5"/>
-      <c r="X45" s="12"/>
-      <c r="Y45" s="9"/>
+      <c r="X45" s="9"/>
+      <c r="Y45" s="6"/>
       <c r="Z45" s="5"/>
-      <c r="AA45" s="12"/>
-      <c r="AB45" s="9"/>
+      <c r="AA45" s="9"/>
+      <c r="AB45" s="6"/>
     </row>
     <row r="46" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A46" s="5">
         <v>38717</v>
       </c>
       <c r="B46" s="5">
         <v>38857</v>
       </c>
-      <c r="C46" s="12">
+      <c r="C46" s="9">
         <v>126.66</v>
       </c>
-      <c r="D46" s="9">
+      <c r="D46" s="6">
         <v>0.74</v>
       </c>
       <c r="E46" s="5"/>
-      <c r="F46" s="12"/>
-      <c r="G46" s="9"/>
+      <c r="F46" s="9"/>
+      <c r="G46" s="6"/>
       <c r="H46" s="5"/>
-      <c r="I46" s="12"/>
-      <c r="J46" s="9"/>
+      <c r="I46" s="9"/>
+      <c r="J46" s="6"/>
       <c r="K46" s="5"/>
-      <c r="L46" s="12"/>
-      <c r="M46" s="9"/>
+      <c r="L46" s="9"/>
+      <c r="M46" s="6"/>
       <c r="N46" s="5"/>
-      <c r="O46" s="12"/>
-      <c r="P46" s="9"/>
+      <c r="O46" s="9"/>
+      <c r="P46" s="6"/>
       <c r="Q46" s="5"/>
-      <c r="R46" s="12"/>
-      <c r="S46" s="9"/>
+      <c r="R46" s="9"/>
+      <c r="S46" s="6"/>
       <c r="T46" s="5"/>
-      <c r="U46" s="12"/>
-      <c r="V46" s="9"/>
+      <c r="U46" s="9"/>
+      <c r="V46" s="6"/>
       <c r="W46" s="5"/>
-      <c r="X46" s="12"/>
-      <c r="Y46" s="9"/>
+      <c r="X46" s="9"/>
+      <c r="Y46" s="6"/>
       <c r="Z46" s="5"/>
-      <c r="AA46" s="12"/>
-      <c r="AB46" s="9"/>
+      <c r="AA46" s="9"/>
+      <c r="AB46" s="6"/>
     </row>
     <row r="47" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A47" s="5">
         <v>38807</v>
       </c>
       <c r="B47" s="5">
         <v>38949</v>
       </c>
-      <c r="C47" s="12">
+      <c r="C47" s="9">
         <v>127.55</v>
       </c>
-      <c r="D47" s="9">
+      <c r="D47" s="6">
         <v>0.7</v>
       </c>
       <c r="E47" s="5"/>
-      <c r="F47" s="12"/>
-      <c r="G47" s="9"/>
+      <c r="F47" s="9"/>
+      <c r="G47" s="6"/>
       <c r="H47" s="5"/>
-      <c r="I47" s="12"/>
-      <c r="J47" s="9"/>
+      <c r="I47" s="9"/>
+      <c r="J47" s="6"/>
       <c r="K47" s="5"/>
-      <c r="L47" s="12"/>
-      <c r="M47" s="9"/>
+      <c r="L47" s="9"/>
+      <c r="M47" s="6"/>
       <c r="N47" s="5"/>
-      <c r="O47" s="12"/>
-      <c r="P47" s="9"/>
+      <c r="O47" s="9"/>
+      <c r="P47" s="6"/>
       <c r="Q47" s="5"/>
-      <c r="R47" s="12"/>
-      <c r="S47" s="9"/>
+      <c r="R47" s="9"/>
+      <c r="S47" s="6"/>
       <c r="T47" s="5"/>
-      <c r="U47" s="12"/>
-      <c r="V47" s="9"/>
+      <c r="U47" s="9"/>
+      <c r="V47" s="6"/>
       <c r="W47" s="5"/>
-      <c r="X47" s="12"/>
-      <c r="Y47" s="9"/>
+      <c r="X47" s="9"/>
+      <c r="Y47" s="6"/>
       <c r="Z47" s="5"/>
-      <c r="AA47" s="12"/>
-      <c r="AB47" s="9"/>
+      <c r="AA47" s="9"/>
+      <c r="AB47" s="6"/>
     </row>
     <row r="48" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A48" s="5">
         <v>38898</v>
       </c>
       <c r="B48" s="5">
         <v>39041</v>
       </c>
-      <c r="C48" s="12">
+      <c r="C48" s="9">
         <v>129.12</v>
       </c>
-      <c r="D48" s="9">
+      <c r="D48" s="6">
         <v>1.23</v>
       </c>
       <c r="E48" s="5"/>
-      <c r="F48" s="12"/>
-      <c r="G48" s="9"/>
+      <c r="F48" s="9"/>
+      <c r="G48" s="6"/>
       <c r="H48" s="5"/>
-      <c r="I48" s="12"/>
-      <c r="J48" s="9"/>
+      <c r="I48" s="9"/>
+      <c r="J48" s="6"/>
       <c r="K48" s="5"/>
-      <c r="L48" s="12"/>
-      <c r="M48" s="9"/>
+      <c r="L48" s="9"/>
+      <c r="M48" s="6"/>
       <c r="N48" s="5"/>
-      <c r="O48" s="12"/>
-      <c r="P48" s="9"/>
+      <c r="O48" s="9"/>
+      <c r="P48" s="6"/>
       <c r="Q48" s="5"/>
-      <c r="R48" s="12"/>
-      <c r="S48" s="9"/>
+      <c r="R48" s="9"/>
+      <c r="S48" s="6"/>
       <c r="T48" s="5"/>
-      <c r="U48" s="12"/>
-      <c r="V48" s="9"/>
+      <c r="U48" s="9"/>
+      <c r="V48" s="6"/>
       <c r="W48" s="5"/>
-      <c r="X48" s="12"/>
-      <c r="Y48" s="9"/>
+      <c r="X48" s="9"/>
+      <c r="Y48" s="6"/>
       <c r="Z48" s="5"/>
-      <c r="AA48" s="12"/>
-      <c r="AB48" s="9"/>
+      <c r="AA48" s="9"/>
+      <c r="AB48" s="6"/>
     </row>
     <row r="49" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A49" s="5">
         <v>38990</v>
       </c>
       <c r="B49" s="5">
         <v>39133</v>
       </c>
-      <c r="C49" s="12">
+      <c r="C49" s="9">
         <v>130.72999999999999</v>
       </c>
-      <c r="D49" s="9">
+      <c r="D49" s="6">
         <v>1.25</v>
       </c>
       <c r="E49" s="5"/>
-      <c r="F49" s="12"/>
-      <c r="G49" s="9"/>
+      <c r="F49" s="9"/>
+      <c r="G49" s="6"/>
       <c r="H49" s="5"/>
-      <c r="I49" s="12"/>
-      <c r="J49" s="9"/>
+      <c r="I49" s="9"/>
+      <c r="J49" s="6"/>
       <c r="K49" s="5"/>
-      <c r="L49" s="12"/>
-      <c r="M49" s="9"/>
+      <c r="L49" s="9"/>
+      <c r="M49" s="6"/>
       <c r="N49" s="5"/>
-      <c r="O49" s="12"/>
-      <c r="P49" s="9"/>
+      <c r="O49" s="9"/>
+      <c r="P49" s="6"/>
       <c r="Q49" s="5"/>
-      <c r="R49" s="12"/>
-      <c r="S49" s="9"/>
+      <c r="R49" s="9"/>
+      <c r="S49" s="6"/>
       <c r="T49" s="5"/>
-      <c r="U49" s="12"/>
-      <c r="V49" s="9"/>
+      <c r="U49" s="9"/>
+      <c r="V49" s="6"/>
       <c r="W49" s="5"/>
-      <c r="X49" s="12"/>
-      <c r="Y49" s="9"/>
+      <c r="X49" s="9"/>
+      <c r="Y49" s="6"/>
       <c r="Z49" s="5"/>
-      <c r="AA49" s="12"/>
-      <c r="AB49" s="9"/>
+      <c r="AA49" s="9"/>
+      <c r="AB49" s="6"/>
     </row>
     <row r="50" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A50" s="5">
         <v>39082</v>
       </c>
       <c r="B50" s="5">
         <v>39222</v>
       </c>
-      <c r="C50" s="12">
+      <c r="C50" s="9">
         <v>131.24</v>
       </c>
-      <c r="D50" s="9">
+      <c r="D50" s="6">
         <v>0.39</v>
       </c>
       <c r="E50" s="5"/>
-      <c r="F50" s="12"/>
-      <c r="G50" s="9"/>
+      <c r="F50" s="9"/>
+      <c r="G50" s="6"/>
       <c r="H50" s="5"/>
-      <c r="I50" s="12"/>
-      <c r="J50" s="9"/>
+      <c r="I50" s="9"/>
+      <c r="J50" s="6"/>
       <c r="K50" s="5"/>
-      <c r="L50" s="12"/>
-      <c r="M50" s="9"/>
+      <c r="L50" s="9"/>
+      <c r="M50" s="6"/>
       <c r="N50" s="5"/>
-      <c r="O50" s="12"/>
-      <c r="P50" s="9"/>
+      <c r="O50" s="9"/>
+      <c r="P50" s="6"/>
       <c r="Q50" s="5"/>
-      <c r="R50" s="12"/>
-      <c r="S50" s="9"/>
+      <c r="R50" s="9"/>
+      <c r="S50" s="6"/>
       <c r="T50" s="5"/>
-      <c r="U50" s="12"/>
-      <c r="V50" s="9"/>
+      <c r="U50" s="9"/>
+      <c r="V50" s="6"/>
       <c r="W50" s="5"/>
-      <c r="X50" s="12"/>
-      <c r="Y50" s="9"/>
+      <c r="X50" s="9"/>
+      <c r="Y50" s="6"/>
       <c r="Z50" s="5"/>
-      <c r="AA50" s="12"/>
-      <c r="AB50" s="9"/>
+      <c r="AA50" s="9"/>
+      <c r="AB50" s="6"/>
     </row>
     <row r="51" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A51" s="5">
         <v>39172</v>
       </c>
       <c r="B51" s="5">
         <v>39314</v>
       </c>
-      <c r="C51" s="12">
+      <c r="C51" s="9">
         <v>131.19999999999999</v>
       </c>
-      <c r="D51" s="9">
+      <c r="D51" s="6">
         <v>-0.03</v>
       </c>
       <c r="E51" s="5"/>
-      <c r="F51" s="12"/>
-      <c r="G51" s="9"/>
+      <c r="F51" s="9"/>
+      <c r="G51" s="6"/>
       <c r="H51" s="5"/>
-      <c r="I51" s="12"/>
-      <c r="J51" s="9"/>
+      <c r="I51" s="9"/>
+      <c r="J51" s="6"/>
       <c r="K51" s="5"/>
-      <c r="L51" s="12"/>
-      <c r="M51" s="9"/>
+      <c r="L51" s="9"/>
+      <c r="M51" s="6"/>
       <c r="N51" s="5"/>
-      <c r="O51" s="12"/>
-      <c r="P51" s="9"/>
+      <c r="O51" s="9"/>
+      <c r="P51" s="6"/>
       <c r="Q51" s="5"/>
-      <c r="R51" s="12"/>
-      <c r="S51" s="9"/>
+      <c r="R51" s="9"/>
+      <c r="S51" s="6"/>
       <c r="T51" s="5"/>
-      <c r="U51" s="12"/>
-      <c r="V51" s="9"/>
+      <c r="U51" s="9"/>
+      <c r="V51" s="6"/>
       <c r="W51" s="5"/>
-      <c r="X51" s="12"/>
-      <c r="Y51" s="9"/>
+      <c r="X51" s="9"/>
+      <c r="Y51" s="6"/>
       <c r="Z51" s="5"/>
-      <c r="AA51" s="12"/>
-      <c r="AB51" s="9"/>
+      <c r="AA51" s="9"/>
+      <c r="AB51" s="6"/>
     </row>
     <row r="52" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A52" s="5">
         <v>39263</v>
       </c>
       <c r="B52" s="5">
         <v>39406</v>
       </c>
-      <c r="C52" s="12">
+      <c r="C52" s="9">
         <v>132.04</v>
       </c>
-      <c r="D52" s="9">
+      <c r="D52" s="6">
         <v>0.64</v>
       </c>
       <c r="E52" s="5"/>
-      <c r="F52" s="12"/>
-      <c r="G52" s="9"/>
+      <c r="F52" s="9"/>
+      <c r="G52" s="6"/>
       <c r="H52" s="5"/>
-      <c r="I52" s="12"/>
-      <c r="J52" s="9"/>
+      <c r="I52" s="9"/>
+      <c r="J52" s="6"/>
       <c r="K52" s="5"/>
-      <c r="L52" s="12"/>
-      <c r="M52" s="9"/>
+      <c r="L52" s="9"/>
+      <c r="M52" s="6"/>
       <c r="N52" s="5"/>
-      <c r="O52" s="12"/>
-      <c r="P52" s="9"/>
+      <c r="O52" s="9"/>
+      <c r="P52" s="6"/>
       <c r="Q52" s="5"/>
-      <c r="R52" s="12"/>
-      <c r="S52" s="9"/>
+      <c r="R52" s="9"/>
+      <c r="S52" s="6"/>
       <c r="T52" s="5"/>
-      <c r="U52" s="12"/>
-      <c r="V52" s="9"/>
+      <c r="U52" s="9"/>
+      <c r="V52" s="6"/>
       <c r="W52" s="5"/>
-      <c r="X52" s="12"/>
-      <c r="Y52" s="9"/>
+      <c r="X52" s="9"/>
+      <c r="Y52" s="6"/>
       <c r="Z52" s="5"/>
-      <c r="AA52" s="12"/>
-      <c r="AB52" s="9"/>
+      <c r="AA52" s="9"/>
+      <c r="AB52" s="6"/>
     </row>
     <row r="53" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A53" s="5">
         <v>39355</v>
       </c>
       <c r="B53" s="5">
         <v>39498</v>
       </c>
-      <c r="C53" s="12">
+      <c r="C53" s="9">
         <v>133.31</v>
       </c>
-      <c r="D53" s="9">
+      <c r="D53" s="6">
         <v>0.96</v>
       </c>
       <c r="E53" s="5"/>
-      <c r="F53" s="12"/>
-      <c r="G53" s="9"/>
+      <c r="F53" s="9"/>
+      <c r="G53" s="6"/>
       <c r="H53" s="5"/>
-      <c r="I53" s="12"/>
-      <c r="J53" s="9"/>
+      <c r="I53" s="9"/>
+      <c r="J53" s="6"/>
       <c r="K53" s="5"/>
-      <c r="L53" s="12"/>
-      <c r="M53" s="9"/>
+      <c r="L53" s="9"/>
+      <c r="M53" s="6"/>
       <c r="N53" s="5"/>
-      <c r="O53" s="12"/>
-      <c r="P53" s="9"/>
+      <c r="O53" s="9"/>
+      <c r="P53" s="6"/>
       <c r="Q53" s="5"/>
-      <c r="R53" s="12"/>
-      <c r="S53" s="9"/>
+      <c r="R53" s="9"/>
+      <c r="S53" s="6"/>
       <c r="T53" s="5"/>
-      <c r="U53" s="12"/>
-      <c r="V53" s="9"/>
+      <c r="U53" s="9"/>
+      <c r="V53" s="6"/>
       <c r="W53" s="5"/>
-      <c r="X53" s="12"/>
-      <c r="Y53" s="9"/>
+      <c r="X53" s="9"/>
+      <c r="Y53" s="6"/>
       <c r="Z53" s="5"/>
-      <c r="AA53" s="12"/>
-      <c r="AB53" s="9"/>
+      <c r="AA53" s="9"/>
+      <c r="AB53" s="6"/>
     </row>
     <row r="54" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A54" s="5">
         <v>39447</v>
       </c>
       <c r="B54" s="5">
         <v>39588</v>
       </c>
-      <c r="C54" s="12">
+      <c r="C54" s="9">
         <v>134.41999999999999</v>
       </c>
-      <c r="D54" s="9">
+      <c r="D54" s="6">
         <v>0.83</v>
       </c>
       <c r="E54" s="5"/>
-      <c r="F54" s="12"/>
-      <c r="G54" s="9"/>
+      <c r="F54" s="9"/>
+      <c r="G54" s="6"/>
       <c r="H54" s="5"/>
-      <c r="I54" s="12"/>
-      <c r="J54" s="9"/>
+      <c r="I54" s="9"/>
+      <c r="J54" s="6"/>
       <c r="K54" s="5"/>
-      <c r="L54" s="12"/>
-      <c r="M54" s="9"/>
+      <c r="L54" s="9"/>
+      <c r="M54" s="6"/>
       <c r="N54" s="5"/>
-      <c r="O54" s="12"/>
-      <c r="P54" s="9"/>
+      <c r="O54" s="9"/>
+      <c r="P54" s="6"/>
       <c r="Q54" s="5"/>
-      <c r="R54" s="12"/>
-      <c r="S54" s="9"/>
+      <c r="R54" s="9"/>
+      <c r="S54" s="6"/>
       <c r="T54" s="5"/>
-      <c r="U54" s="12"/>
-      <c r="V54" s="9"/>
+      <c r="U54" s="9"/>
+      <c r="V54" s="6"/>
       <c r="W54" s="5"/>
-      <c r="X54" s="12"/>
-      <c r="Y54" s="9"/>
+      <c r="X54" s="9"/>
+      <c r="Y54" s="6"/>
       <c r="Z54" s="5"/>
-      <c r="AA54" s="12"/>
-      <c r="AB54" s="9"/>
+      <c r="AA54" s="9"/>
+      <c r="AB54" s="6"/>
     </row>
     <row r="55" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A55" s="5">
         <v>39538</v>
       </c>
       <c r="B55" s="5">
         <v>39680</v>
       </c>
-      <c r="C55" s="12">
+      <c r="C55" s="9">
         <v>135.94</v>
       </c>
-      <c r="D55" s="9">
+      <c r="D55" s="6">
         <v>1.1299999999999999</v>
       </c>
       <c r="E55" s="5"/>
-      <c r="F55" s="12"/>
-      <c r="G55" s="9"/>
+      <c r="F55" s="9"/>
+      <c r="G55" s="6"/>
       <c r="H55" s="5"/>
-      <c r="I55" s="12"/>
-      <c r="J55" s="9"/>
+      <c r="I55" s="9"/>
+      <c r="J55" s="6"/>
       <c r="K55" s="5"/>
-      <c r="L55" s="12"/>
-      <c r="M55" s="9"/>
+      <c r="L55" s="9"/>
+      <c r="M55" s="6"/>
       <c r="N55" s="5"/>
-      <c r="O55" s="12"/>
-      <c r="P55" s="9"/>
+      <c r="O55" s="9"/>
+      <c r="P55" s="6"/>
       <c r="Q55" s="5"/>
-      <c r="R55" s="12"/>
-      <c r="S55" s="9"/>
+      <c r="R55" s="9"/>
+      <c r="S55" s="6"/>
       <c r="T55" s="5"/>
-      <c r="U55" s="12"/>
-      <c r="V55" s="9"/>
+      <c r="U55" s="9"/>
+      <c r="V55" s="6"/>
       <c r="W55" s="5"/>
-      <c r="X55" s="12"/>
-      <c r="Y55" s="9"/>
+      <c r="X55" s="9"/>
+      <c r="Y55" s="6"/>
       <c r="Z55" s="5"/>
-      <c r="AA55" s="12"/>
-      <c r="AB55" s="9"/>
+      <c r="AA55" s="9"/>
+      <c r="AB55" s="6"/>
     </row>
     <row r="56" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A56" s="5">
         <v>39629</v>
       </c>
       <c r="B56" s="5">
         <v>39772</v>
       </c>
-      <c r="C56" s="12">
+      <c r="C56" s="9">
         <v>137.86000000000001</v>
       </c>
-      <c r="D56" s="9">
+      <c r="D56" s="6">
         <v>1.41</v>
       </c>
       <c r="E56" s="5"/>
-      <c r="F56" s="12"/>
-      <c r="G56" s="9"/>
+      <c r="F56" s="9"/>
+      <c r="G56" s="6"/>
       <c r="H56" s="5"/>
-      <c r="I56" s="12"/>
-      <c r="J56" s="9"/>
+      <c r="I56" s="9"/>
+      <c r="J56" s="6"/>
       <c r="K56" s="5"/>
-      <c r="L56" s="12"/>
-      <c r="M56" s="9"/>
+      <c r="L56" s="9"/>
+      <c r="M56" s="6"/>
       <c r="N56" s="5"/>
-      <c r="O56" s="12"/>
-      <c r="P56" s="9"/>
+      <c r="O56" s="9"/>
+      <c r="P56" s="6"/>
       <c r="Q56" s="5"/>
-      <c r="R56" s="12"/>
-      <c r="S56" s="9"/>
+      <c r="R56" s="9"/>
+      <c r="S56" s="6"/>
       <c r="T56" s="5"/>
-      <c r="U56" s="12"/>
-      <c r="V56" s="9"/>
+      <c r="U56" s="9"/>
+      <c r="V56" s="6"/>
       <c r="W56" s="5"/>
-      <c r="X56" s="12"/>
-      <c r="Y56" s="9"/>
+      <c r="X56" s="9"/>
+      <c r="Y56" s="6"/>
       <c r="Z56" s="5"/>
-      <c r="AA56" s="12"/>
-      <c r="AB56" s="9"/>
+      <c r="AA56" s="9"/>
+      <c r="AB56" s="6"/>
     </row>
     <row r="57" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A57" s="5">
         <v>39721</v>
       </c>
       <c r="B57" s="5">
         <v>39864</v>
       </c>
-      <c r="C57" s="12">
+      <c r="C57" s="9">
         <v>139.69</v>
       </c>
-      <c r="D57" s="9">
+      <c r="D57" s="6">
         <v>1.33</v>
       </c>
       <c r="E57" s="5"/>
-      <c r="F57" s="12"/>
-      <c r="G57" s="9"/>
+      <c r="F57" s="9"/>
+      <c r="G57" s="6"/>
       <c r="H57" s="5"/>
-      <c r="I57" s="12"/>
-      <c r="J57" s="9"/>
+      <c r="I57" s="9"/>
+      <c r="J57" s="6"/>
       <c r="K57" s="5"/>
-      <c r="L57" s="12"/>
-      <c r="M57" s="9"/>
+      <c r="L57" s="9"/>
+      <c r="M57" s="6"/>
       <c r="N57" s="5"/>
-      <c r="O57" s="12"/>
-      <c r="P57" s="9"/>
+      <c r="O57" s="9"/>
+      <c r="P57" s="6"/>
       <c r="Q57" s="5"/>
-      <c r="R57" s="12"/>
-      <c r="S57" s="9"/>
+      <c r="R57" s="9"/>
+      <c r="S57" s="6"/>
       <c r="T57" s="5"/>
-      <c r="U57" s="12"/>
-      <c r="V57" s="9"/>
+      <c r="U57" s="9"/>
+      <c r="V57" s="6"/>
       <c r="W57" s="5"/>
-      <c r="X57" s="12"/>
-      <c r="Y57" s="9"/>
+      <c r="X57" s="9"/>
+      <c r="Y57" s="6"/>
       <c r="Z57" s="5"/>
-      <c r="AA57" s="12"/>
-      <c r="AB57" s="9"/>
+      <c r="AA57" s="9"/>
+      <c r="AB57" s="6"/>
     </row>
     <row r="58" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A58" s="5">
         <v>39813</v>
       </c>
       <c r="B58" s="5">
         <v>39953</v>
       </c>
-      <c r="C58" s="12">
+      <c r="C58" s="9">
         <v>140.29</v>
       </c>
-      <c r="D58" s="9">
+      <c r="D58" s="6">
         <v>0.43</v>
       </c>
       <c r="E58" s="5"/>
-      <c r="F58" s="12"/>
-      <c r="G58" s="9"/>
+      <c r="F58" s="9"/>
+      <c r="G58" s="6"/>
       <c r="H58" s="5"/>
-      <c r="I58" s="12"/>
-      <c r="J58" s="9"/>
+      <c r="I58" s="9"/>
+      <c r="J58" s="6"/>
       <c r="K58" s="5"/>
-      <c r="L58" s="12"/>
-      <c r="M58" s="9"/>
+      <c r="L58" s="9"/>
+      <c r="M58" s="6"/>
       <c r="N58" s="5"/>
-      <c r="O58" s="12"/>
-      <c r="P58" s="9"/>
+      <c r="O58" s="9"/>
+      <c r="P58" s="6"/>
       <c r="Q58" s="5"/>
-      <c r="R58" s="12"/>
-      <c r="S58" s="9"/>
+      <c r="R58" s="9"/>
+      <c r="S58" s="6"/>
       <c r="T58" s="5"/>
-      <c r="U58" s="12"/>
-      <c r="V58" s="9"/>
+      <c r="U58" s="9"/>
+      <c r="V58" s="6"/>
       <c r="W58" s="5"/>
-      <c r="X58" s="12"/>
-      <c r="Y58" s="9"/>
+      <c r="X58" s="9"/>
+      <c r="Y58" s="6"/>
       <c r="Z58" s="5"/>
-      <c r="AA58" s="12"/>
-      <c r="AB58" s="9"/>
+      <c r="AA58" s="9"/>
+      <c r="AB58" s="6"/>
     </row>
     <row r="59" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A59" s="5">
         <v>39903</v>
       </c>
       <c r="B59" s="5">
         <v>40045</v>
       </c>
-      <c r="C59" s="12">
+      <c r="C59" s="9">
         <v>140.16</v>
       </c>
-      <c r="D59" s="9">
+      <c r="D59" s="6">
         <v>-0.09</v>
       </c>
       <c r="E59" s="5"/>
-      <c r="F59" s="12"/>
-      <c r="G59" s="9"/>
+      <c r="F59" s="9"/>
+      <c r="G59" s="6"/>
       <c r="H59" s="5">
         <v>40076</v>
       </c>
-      <c r="I59" s="12">
+      <c r="I59" s="9">
         <v>100</v>
       </c>
-      <c r="J59" s="9"/>
+      <c r="J59" s="6"/>
       <c r="K59" s="5"/>
-      <c r="L59" s="12"/>
-      <c r="M59" s="9"/>
+      <c r="L59" s="9"/>
+      <c r="M59" s="6"/>
       <c r="N59" s="5"/>
-      <c r="O59" s="12"/>
-      <c r="P59" s="9"/>
+      <c r="O59" s="9"/>
+      <c r="P59" s="6"/>
       <c r="Q59" s="5"/>
-      <c r="R59" s="12"/>
-      <c r="S59" s="9"/>
+      <c r="R59" s="9"/>
+      <c r="S59" s="6"/>
       <c r="T59" s="5"/>
-      <c r="U59" s="12"/>
-      <c r="V59" s="9"/>
+      <c r="U59" s="9"/>
+      <c r="V59" s="6"/>
       <c r="W59" s="5"/>
-      <c r="X59" s="12"/>
-      <c r="Y59" s="9"/>
+      <c r="X59" s="9"/>
+      <c r="Y59" s="6"/>
       <c r="Z59" s="5"/>
-      <c r="AA59" s="12"/>
-      <c r="AB59" s="9"/>
+      <c r="AA59" s="9"/>
+      <c r="AB59" s="6"/>
     </row>
     <row r="60" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A60" s="5">
         <v>39994</v>
       </c>
       <c r="B60" s="5">
         <v>40137</v>
       </c>
-      <c r="C60" s="12">
+      <c r="C60" s="9">
         <v>140.58000000000001</v>
       </c>
-      <c r="D60" s="9">
+      <c r="D60" s="6">
         <v>0.3</v>
       </c>
       <c r="E60" s="5"/>
-      <c r="F60" s="12"/>
-      <c r="G60" s="9"/>
+      <c r="F60" s="9"/>
+      <c r="G60" s="6"/>
       <c r="H60" s="5">
         <v>40167</v>
       </c>
-      <c r="I60" s="12">
+      <c r="I60" s="9">
         <v>100.3</v>
       </c>
-      <c r="J60" s="9">
+      <c r="J60" s="6">
         <v>0.3</v>
       </c>
       <c r="K60" s="5"/>
-      <c r="L60" s="12"/>
-      <c r="M60" s="9"/>
+      <c r="L60" s="9"/>
+      <c r="M60" s="6"/>
       <c r="N60" s="5"/>
-      <c r="O60" s="12"/>
-      <c r="P60" s="9"/>
+      <c r="O60" s="9"/>
+      <c r="P60" s="6"/>
       <c r="Q60" s="5"/>
-      <c r="R60" s="12"/>
-      <c r="S60" s="9"/>
+      <c r="R60" s="9"/>
+      <c r="S60" s="6"/>
       <c r="T60" s="5"/>
-      <c r="U60" s="12"/>
-      <c r="V60" s="9"/>
+      <c r="U60" s="9"/>
+      <c r="V60" s="6"/>
       <c r="W60" s="5"/>
-      <c r="X60" s="12"/>
-      <c r="Y60" s="9"/>
+      <c r="X60" s="9"/>
+      <c r="Y60" s="6"/>
       <c r="Z60" s="5"/>
-      <c r="AA60" s="12"/>
-      <c r="AB60" s="9"/>
+      <c r="AA60" s="9"/>
+      <c r="AB60" s="6"/>
     </row>
     <row r="61" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A61" s="5">
         <v>40086</v>
       </c>
       <c r="B61" s="5">
         <v>40229</v>
       </c>
-      <c r="C61" s="12">
+      <c r="C61" s="9">
         <v>141.59</v>
       </c>
-      <c r="D61" s="9">
+      <c r="D61" s="6">
         <v>0.72</v>
       </c>
       <c r="E61" s="5"/>
-      <c r="F61" s="12"/>
-      <c r="G61" s="9"/>
+      <c r="F61" s="9"/>
+      <c r="G61" s="6"/>
       <c r="H61" s="5">
         <v>40257</v>
       </c>
-      <c r="I61" s="12">
+      <c r="I61" s="9">
         <v>101.02</v>
       </c>
-      <c r="J61" s="9">
+      <c r="J61" s="6">
         <v>0.72</v>
       </c>
       <c r="K61" s="5"/>
-      <c r="L61" s="12"/>
-      <c r="M61" s="9"/>
+      <c r="L61" s="9"/>
+      <c r="M61" s="6"/>
       <c r="N61" s="5"/>
-      <c r="O61" s="12"/>
-      <c r="P61" s="9"/>
+      <c r="O61" s="9"/>
+      <c r="P61" s="6"/>
       <c r="Q61" s="5"/>
-      <c r="R61" s="12"/>
-      <c r="S61" s="9"/>
+      <c r="R61" s="9"/>
+      <c r="S61" s="6"/>
       <c r="T61" s="5"/>
-      <c r="U61" s="12"/>
-      <c r="V61" s="9"/>
+      <c r="U61" s="9"/>
+      <c r="V61" s="6"/>
       <c r="W61" s="5"/>
-      <c r="X61" s="12"/>
-      <c r="Y61" s="9"/>
+      <c r="X61" s="9"/>
+      <c r="Y61" s="6"/>
       <c r="Z61" s="5"/>
-      <c r="AA61" s="12"/>
-      <c r="AB61" s="9"/>
+      <c r="AA61" s="9"/>
+      <c r="AB61" s="6"/>
     </row>
     <row r="62" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A62" s="5">
         <v>40178</v>
       </c>
       <c r="B62" s="5">
         <v>40318</v>
       </c>
-      <c r="C62" s="12">
+      <c r="C62" s="9">
         <v>142.65</v>
       </c>
-      <c r="D62" s="9">
+      <c r="D62" s="6">
         <v>0.75</v>
       </c>
       <c r="E62" s="5"/>
-      <c r="F62" s="12"/>
-      <c r="G62" s="9"/>
+      <c r="F62" s="9"/>
+      <c r="G62" s="6"/>
       <c r="H62" s="5">
         <v>40349</v>
       </c>
-      <c r="I62" s="12">
+      <c r="I62" s="9">
         <v>101.78</v>
       </c>
-      <c r="J62" s="9">
+      <c r="J62" s="6">
         <v>0.75</v>
       </c>
       <c r="K62" s="5"/>
-      <c r="L62" s="12"/>
-      <c r="M62" s="9"/>
+      <c r="L62" s="9"/>
+      <c r="M62" s="6"/>
       <c r="N62" s="5"/>
-      <c r="O62" s="12"/>
-      <c r="P62" s="9"/>
+      <c r="O62" s="9"/>
+      <c r="P62" s="6"/>
       <c r="Q62" s="5"/>
-      <c r="R62" s="12"/>
-      <c r="S62" s="9"/>
+      <c r="R62" s="9"/>
+      <c r="S62" s="6"/>
       <c r="T62" s="5"/>
-      <c r="U62" s="12"/>
-      <c r="V62" s="9"/>
+      <c r="U62" s="9"/>
+      <c r="V62" s="6"/>
       <c r="W62" s="5"/>
-      <c r="X62" s="12"/>
-      <c r="Y62" s="9"/>
+      <c r="X62" s="9"/>
+      <c r="Y62" s="6"/>
       <c r="Z62" s="5"/>
-      <c r="AA62" s="12"/>
-      <c r="AB62" s="9"/>
+      <c r="AA62" s="9"/>
+      <c r="AB62" s="6"/>
     </row>
     <row r="63" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A63" s="5">
         <v>40268</v>
       </c>
       <c r="B63" s="5">
         <v>40410</v>
       </c>
-      <c r="C63" s="12">
+      <c r="C63" s="9">
         <v>143.66</v>
       </c>
-      <c r="D63" s="9">
+      <c r="D63" s="6">
         <v>0.71</v>
       </c>
       <c r="E63" s="5"/>
-      <c r="F63" s="12"/>
-      <c r="G63" s="9"/>
+      <c r="F63" s="9"/>
+      <c r="G63" s="6"/>
       <c r="H63" s="5">
         <v>40441</v>
       </c>
-      <c r="I63" s="12">
+      <c r="I63" s="9">
         <v>102.5</v>
       </c>
-      <c r="J63" s="9">
+      <c r="J63" s="6">
         <v>0.71</v>
       </c>
       <c r="K63" s="5"/>
-      <c r="L63" s="12"/>
-      <c r="M63" s="9"/>
+      <c r="L63" s="9"/>
+      <c r="M63" s="6"/>
       <c r="N63" s="5">
         <v>40441</v>
       </c>
-      <c r="O63" s="12">
+      <c r="O63" s="9">
         <v>100</v>
       </c>
-      <c r="P63" s="9"/>
+      <c r="P63" s="6"/>
       <c r="Q63" s="5"/>
-      <c r="R63" s="12"/>
-      <c r="S63" s="9"/>
+      <c r="R63" s="9"/>
+      <c r="S63" s="6"/>
       <c r="T63" s="5"/>
-      <c r="U63" s="12"/>
-      <c r="V63" s="9"/>
+      <c r="U63" s="9"/>
+      <c r="V63" s="6"/>
       <c r="W63" s="5"/>
-      <c r="X63" s="12"/>
-      <c r="Y63" s="9"/>
+      <c r="X63" s="9"/>
+      <c r="Y63" s="6"/>
       <c r="Z63" s="5"/>
-      <c r="AA63" s="12"/>
-      <c r="AB63" s="9"/>
+      <c r="AA63" s="9"/>
+      <c r="AB63" s="6"/>
     </row>
     <row r="64" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A64" s="5">
         <v>40359</v>
       </c>
       <c r="B64" s="5">
         <v>40502</v>
       </c>
-      <c r="C64" s="12">
+      <c r="C64" s="9">
         <v>144.77000000000001</v>
       </c>
-      <c r="D64" s="9">
+      <c r="D64" s="6">
         <v>0.77</v>
       </c>
       <c r="E64" s="5"/>
-      <c r="F64" s="12"/>
-      <c r="G64" s="9"/>
+      <c r="F64" s="9"/>
+      <c r="G64" s="6"/>
       <c r="H64" s="5">
         <v>40532</v>
       </c>
-      <c r="I64" s="12">
+      <c r="I64" s="9">
         <v>103.29</v>
       </c>
-      <c r="J64" s="9">
+      <c r="J64" s="6">
         <v>0.77</v>
       </c>
       <c r="K64" s="5"/>
-      <c r="L64" s="12"/>
-      <c r="M64" s="9"/>
+      <c r="L64" s="9"/>
+      <c r="M64" s="6"/>
       <c r="N64" s="5">
         <v>40532</v>
       </c>
-      <c r="O64" s="12">
+      <c r="O64" s="9">
         <v>100.77</v>
       </c>
-      <c r="P64" s="9">
+      <c r="P64" s="6">
         <v>0.77</v>
       </c>
       <c r="Q64" s="5"/>
-      <c r="R64" s="12"/>
-      <c r="S64" s="9"/>
+      <c r="R64" s="9"/>
+      <c r="S64" s="6"/>
       <c r="T64" s="5"/>
-      <c r="U64" s="12"/>
-      <c r="V64" s="9"/>
+      <c r="U64" s="9"/>
+      <c r="V64" s="6"/>
       <c r="W64" s="5"/>
-      <c r="X64" s="12"/>
-      <c r="Y64" s="9"/>
+      <c r="X64" s="9"/>
+      <c r="Y64" s="6"/>
       <c r="Z64" s="5"/>
-      <c r="AA64" s="12"/>
-      <c r="AB64" s="9"/>
+      <c r="AA64" s="9"/>
+      <c r="AB64" s="6"/>
     </row>
     <row r="65" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A65" s="5">
         <v>40451</v>
       </c>
       <c r="B65" s="5">
         <v>40594</v>
       </c>
-      <c r="C65" s="12">
+      <c r="C65" s="9">
         <v>145.74</v>
       </c>
-      <c r="D65" s="9">
+      <c r="D65" s="6">
         <v>0.67</v>
       </c>
       <c r="E65" s="5"/>
-      <c r="F65" s="12"/>
-      <c r="G65" s="9"/>
+      <c r="F65" s="9"/>
+      <c r="G65" s="6"/>
       <c r="H65" s="5">
         <v>40622</v>
       </c>
-      <c r="I65" s="12">
+      <c r="I65" s="9">
         <v>103.98</v>
       </c>
-      <c r="J65" s="9">
+      <c r="J65" s="6">
         <v>0.67</v>
       </c>
       <c r="K65" s="5"/>
-      <c r="L65" s="12"/>
-      <c r="M65" s="9"/>
+      <c r="L65" s="9"/>
+      <c r="M65" s="6"/>
       <c r="N65" s="5">
         <v>40622</v>
       </c>
-      <c r="O65" s="12">
+      <c r="O65" s="9">
         <v>101.45</v>
       </c>
-      <c r="P65" s="9">
+      <c r="P65" s="6">
         <v>0.67</v>
       </c>
       <c r="Q65" s="5"/>
-      <c r="R65" s="12"/>
-      <c r="S65" s="9"/>
+      <c r="R65" s="9"/>
+      <c r="S65" s="6"/>
       <c r="T65" s="5"/>
-      <c r="U65" s="12"/>
-      <c r="V65" s="9"/>
+      <c r="U65" s="9"/>
+      <c r="V65" s="6"/>
       <c r="W65" s="5"/>
-      <c r="X65" s="12"/>
-      <c r="Y65" s="9"/>
+      <c r="X65" s="9"/>
+      <c r="Y65" s="6"/>
       <c r="Z65" s="5"/>
-      <c r="AA65" s="12"/>
-      <c r="AB65" s="9"/>
+      <c r="AA65" s="9"/>
+      <c r="AB65" s="6"/>
     </row>
     <row r="66" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A66" s="5">
         <v>40543</v>
       </c>
       <c r="B66" s="5">
         <v>40683</v>
       </c>
-      <c r="C66" s="12">
+      <c r="C66" s="9">
         <v>146.54</v>
       </c>
-      <c r="D66" s="9">
+      <c r="D66" s="6">
         <v>0.55000000000000004</v>
       </c>
       <c r="E66" s="5"/>
-      <c r="F66" s="12"/>
-      <c r="G66" s="9"/>
+      <c r="F66" s="9"/>
+      <c r="G66" s="6"/>
       <c r="H66" s="5">
         <v>40714</v>
       </c>
-      <c r="I66" s="12">
+      <c r="I66" s="9">
         <v>104.55</v>
       </c>
-      <c r="J66" s="9">
+      <c r="J66" s="6">
         <v>0.55000000000000004</v>
       </c>
       <c r="K66" s="5"/>
-      <c r="L66" s="12"/>
-      <c r="M66" s="9"/>
+      <c r="L66" s="9"/>
+      <c r="M66" s="6"/>
       <c r="N66" s="5">
         <v>40714</v>
       </c>
-      <c r="O66" s="12">
+      <c r="O66" s="9">
         <v>102.01</v>
       </c>
-      <c r="P66" s="9">
+      <c r="P66" s="6">
         <v>0.55000000000000004</v>
       </c>
       <c r="Q66" s="5"/>
-      <c r="R66" s="12"/>
-      <c r="S66" s="9"/>
+      <c r="R66" s="9"/>
+      <c r="S66" s="6"/>
       <c r="T66" s="5"/>
-      <c r="U66" s="12"/>
-      <c r="V66" s="9"/>
+      <c r="U66" s="9"/>
+      <c r="V66" s="6"/>
       <c r="W66" s="5"/>
-      <c r="X66" s="12"/>
-      <c r="Y66" s="9"/>
+      <c r="X66" s="9"/>
+      <c r="Y66" s="6"/>
       <c r="Z66" s="5"/>
-      <c r="AA66" s="12"/>
-      <c r="AB66" s="9"/>
+      <c r="AA66" s="9"/>
+      <c r="AB66" s="6"/>
     </row>
     <row r="67" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A67" s="5">
         <v>40633</v>
       </c>
       <c r="B67" s="5">
         <v>40775</v>
       </c>
-      <c r="C67" s="12">
+      <c r="C67" s="9">
         <v>147.97999999999999</v>
       </c>
-      <c r="D67" s="9">
+      <c r="D67" s="6">
         <v>0.98</v>
       </c>
       <c r="E67" s="5"/>
-      <c r="F67" s="12"/>
-      <c r="G67" s="9"/>
+      <c r="F67" s="9"/>
+      <c r="G67" s="6"/>
       <c r="H67" s="5">
         <v>40806</v>
       </c>
-      <c r="I67" s="12">
+      <c r="I67" s="9">
         <v>105.57</v>
       </c>
-      <c r="J67" s="9">
+      <c r="J67" s="6">
         <v>0.98</v>
       </c>
       <c r="K67" s="5"/>
-      <c r="L67" s="12"/>
-      <c r="M67" s="9"/>
+      <c r="L67" s="9"/>
+      <c r="M67" s="6"/>
       <c r="N67" s="5">
         <v>40806</v>
       </c>
-      <c r="O67" s="12">
+      <c r="O67" s="9">
         <v>103.01</v>
       </c>
-      <c r="P67" s="9">
+      <c r="P67" s="6">
         <v>0.98</v>
       </c>
       <c r="Q67" s="5"/>
-      <c r="R67" s="12"/>
-      <c r="S67" s="9"/>
+      <c r="R67" s="9"/>
+      <c r="S67" s="6"/>
       <c r="T67" s="5"/>
-      <c r="U67" s="12"/>
-      <c r="V67" s="9"/>
+      <c r="U67" s="9"/>
+      <c r="V67" s="6"/>
       <c r="W67" s="5"/>
-      <c r="X67" s="12"/>
-      <c r="Y67" s="9"/>
+      <c r="X67" s="9"/>
+      <c r="Y67" s="6"/>
       <c r="Z67" s="5"/>
-      <c r="AA67" s="12"/>
-      <c r="AB67" s="9"/>
+      <c r="AA67" s="9"/>
+      <c r="AB67" s="6"/>
     </row>
     <row r="68" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A68" s="5">
         <v>40724</v>
       </c>
       <c r="B68" s="5">
         <v>40867</v>
       </c>
-      <c r="C68" s="12">
+      <c r="C68" s="9">
         <v>149.81</v>
       </c>
-      <c r="D68" s="9">
+      <c r="D68" s="6">
         <v>1.24</v>
       </c>
       <c r="E68" s="5"/>
-      <c r="F68" s="12"/>
-      <c r="G68" s="9"/>
+      <c r="F68" s="9"/>
+      <c r="G68" s="6"/>
       <c r="H68" s="5">
         <v>40897</v>
       </c>
-      <c r="I68" s="12">
+      <c r="I68" s="9">
         <v>106.88</v>
       </c>
-      <c r="J68" s="9">
+      <c r="J68" s="6">
         <v>1.24</v>
       </c>
       <c r="K68" s="5"/>
-      <c r="L68" s="12"/>
-      <c r="M68" s="9"/>
+      <c r="L68" s="9"/>
+      <c r="M68" s="6"/>
       <c r="N68" s="5">
         <v>40897</v>
       </c>
-      <c r="O68" s="12">
+      <c r="O68" s="9">
         <v>104.29</v>
       </c>
-      <c r="P68" s="9">
+      <c r="P68" s="6">
         <v>1.24</v>
       </c>
       <c r="Q68" s="5"/>
-      <c r="R68" s="12"/>
-      <c r="S68" s="9"/>
+      <c r="R68" s="9"/>
+      <c r="S68" s="6"/>
       <c r="T68" s="5"/>
-      <c r="U68" s="12"/>
-      <c r="V68" s="9"/>
+      <c r="U68" s="9"/>
+      <c r="V68" s="6"/>
       <c r="W68" s="5"/>
-      <c r="X68" s="12"/>
-      <c r="Y68" s="9"/>
+      <c r="X68" s="9"/>
+      <c r="Y68" s="6"/>
       <c r="Z68" s="5"/>
-      <c r="AA68" s="12"/>
-      <c r="AB68" s="9"/>
+      <c r="AA68" s="9"/>
+      <c r="AB68" s="6"/>
     </row>
     <row r="69" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A69" s="5">
         <v>40816</v>
       </c>
       <c r="B69" s="5">
         <v>40959</v>
       </c>
-      <c r="C69" s="12">
+      <c r="C69" s="9">
         <v>150.94999999999999</v>
       </c>
-      <c r="D69" s="9">
+      <c r="D69" s="6">
         <v>0.76</v>
       </c>
       <c r="E69" s="5">
         <v>40960</v>
       </c>
-      <c r="F69" s="12">
+      <c r="F69" s="9">
         <v>100</v>
       </c>
-      <c r="G69" s="9"/>
+      <c r="G69" s="6"/>
       <c r="H69" s="5">
         <v>40988</v>
       </c>
-      <c r="I69" s="12">
+      <c r="I69" s="9">
         <v>107.69</v>
       </c>
-      <c r="J69" s="9">
+      <c r="J69" s="6">
         <v>0.76</v>
       </c>
       <c r="K69" s="5"/>
-      <c r="L69" s="12"/>
-      <c r="M69" s="9"/>
+      <c r="L69" s="9"/>
+      <c r="M69" s="6"/>
       <c r="N69" s="5">
         <v>40988</v>
       </c>
-      <c r="O69" s="12">
+      <c r="O69" s="9">
         <v>105.08</v>
       </c>
-      <c r="P69" s="9">
+      <c r="P69" s="6">
         <v>0.76</v>
       </c>
       <c r="Q69" s="5"/>
-      <c r="R69" s="12"/>
-      <c r="S69" s="9"/>
+      <c r="R69" s="9"/>
+      <c r="S69" s="6"/>
       <c r="T69" s="5"/>
-      <c r="U69" s="12"/>
-      <c r="V69" s="9"/>
+      <c r="U69" s="9"/>
+      <c r="V69" s="6"/>
       <c r="W69" s="5"/>
-      <c r="X69" s="12"/>
-      <c r="Y69" s="9"/>
+      <c r="X69" s="9"/>
+      <c r="Y69" s="6"/>
       <c r="Z69" s="5"/>
-      <c r="AA69" s="12"/>
-      <c r="AB69" s="9"/>
+      <c r="AA69" s="9"/>
+      <c r="AB69" s="6"/>
     </row>
     <row r="70" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A70" s="5">
         <v>40908</v>
       </c>
       <c r="B70" s="5">
         <v>41049</v>
       </c>
-      <c r="C70" s="12">
+      <c r="C70" s="9">
         <v>151.41999999999999</v>
       </c>
-      <c r="D70" s="9">
+      <c r="D70" s="6">
         <v>0.31</v>
       </c>
       <c r="E70" s="5">
         <v>41050</v>
       </c>
-      <c r="F70" s="12">
+      <c r="F70" s="9">
         <v>100.31</v>
       </c>
-      <c r="G70" s="9">
+      <c r="G70" s="6">
         <v>0.31</v>
       </c>
       <c r="H70" s="5">
         <v>41080</v>
       </c>
-      <c r="I70" s="12">
+      <c r="I70" s="9">
         <v>108.02</v>
       </c>
-      <c r="J70" s="9">
+      <c r="J70" s="6">
         <v>0.31</v>
       </c>
       <c r="K70" s="5"/>
-      <c r="L70" s="12"/>
-      <c r="M70" s="9"/>
+      <c r="L70" s="9"/>
+      <c r="M70" s="6"/>
       <c r="N70" s="5">
         <v>41080</v>
       </c>
-      <c r="O70" s="12">
+      <c r="O70" s="9">
         <v>105.41</v>
       </c>
-      <c r="P70" s="9">
+      <c r="P70" s="6">
         <v>0.31</v>
       </c>
       <c r="Q70" s="5"/>
-      <c r="R70" s="12"/>
-      <c r="S70" s="9"/>
+      <c r="R70" s="9"/>
+      <c r="S70" s="6"/>
       <c r="T70" s="5"/>
-      <c r="U70" s="12"/>
-      <c r="V70" s="9"/>
+      <c r="U70" s="9"/>
+      <c r="V70" s="6"/>
       <c r="W70" s="5"/>
-      <c r="X70" s="12"/>
-      <c r="Y70" s="9"/>
+      <c r="X70" s="9"/>
+      <c r="Y70" s="6"/>
       <c r="Z70" s="5"/>
-      <c r="AA70" s="12"/>
-      <c r="AB70" s="9"/>
+      <c r="AA70" s="9"/>
+      <c r="AB70" s="6"/>
     </row>
     <row r="71" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A71" s="5">
         <v>40999</v>
       </c>
       <c r="B71" s="5">
         <v>41141</v>
       </c>
-      <c r="C71" s="12">
+      <c r="C71" s="9">
         <v>151.47</v>
       </c>
-      <c r="D71" s="9">
+      <c r="D71" s="6">
         <v>0.03</v>
       </c>
       <c r="E71" s="5">
         <v>41142</v>
       </c>
-      <c r="F71" s="12">
+      <c r="F71" s="9">
         <v>100.34</v>
       </c>
-      <c r="G71" s="9">
+      <c r="G71" s="6">
         <v>0.03</v>
       </c>
       <c r="H71" s="5">
         <v>41172</v>
       </c>
-      <c r="I71" s="12">
+      <c r="I71" s="9">
         <v>108.05</v>
       </c>
-      <c r="J71" s="9">
+      <c r="J71" s="6">
         <v>0.03</v>
       </c>
       <c r="K71" s="5"/>
-      <c r="L71" s="12"/>
-      <c r="M71" s="9"/>
+      <c r="L71" s="9"/>
+      <c r="M71" s="6"/>
       <c r="N71" s="5">
         <v>41172</v>
       </c>
-      <c r="O71" s="12">
+      <c r="O71" s="9">
         <v>105.44</v>
       </c>
-      <c r="P71" s="9">
+      <c r="P71" s="6">
         <v>0.03</v>
       </c>
       <c r="Q71" s="5"/>
-      <c r="R71" s="12"/>
-      <c r="S71" s="9"/>
+      <c r="R71" s="9"/>
+      <c r="S71" s="6"/>
       <c r="T71" s="5"/>
-      <c r="U71" s="12"/>
-      <c r="V71" s="9"/>
+      <c r="U71" s="9"/>
+      <c r="V71" s="6"/>
       <c r="W71" s="5"/>
-      <c r="X71" s="12"/>
-      <c r="Y71" s="9"/>
+      <c r="X71" s="9"/>
+      <c r="Y71" s="6"/>
       <c r="Z71" s="5"/>
-      <c r="AA71" s="12"/>
-      <c r="AB71" s="9"/>
+      <c r="AA71" s="9"/>
+      <c r="AB71" s="6"/>
     </row>
     <row r="72" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A72" s="5">
         <v>41090</v>
       </c>
       <c r="B72" s="5">
         <v>41233</v>
       </c>
-      <c r="C72" s="12">
+      <c r="C72" s="9">
         <v>151.88999999999999</v>
       </c>
-      <c r="D72" s="9">
+      <c r="D72" s="6">
         <v>0.28000000000000003</v>
       </c>
       <c r="E72" s="5">
         <v>41234</v>
       </c>
-      <c r="F72" s="12">
+      <c r="F72" s="9">
         <v>100.62</v>
       </c>
-      <c r="G72" s="9">
+      <c r="G72" s="6">
         <v>0.28000000000000003</v>
       </c>
       <c r="H72" s="5">
         <v>41263</v>
       </c>
-      <c r="I72" s="12">
+      <c r="I72" s="9">
         <v>108.35</v>
       </c>
-      <c r="J72" s="9">
+      <c r="J72" s="6">
         <v>0.28000000000000003</v>
       </c>
       <c r="K72" s="5"/>
-      <c r="L72" s="12"/>
-      <c r="M72" s="9"/>
+      <c r="L72" s="9"/>
+      <c r="M72" s="6"/>
       <c r="N72" s="5">
         <v>41263</v>
       </c>
-      <c r="O72" s="12">
+      <c r="O72" s="9">
         <v>105.74</v>
       </c>
-      <c r="P72" s="9">
+      <c r="P72" s="6">
         <v>0.28000000000000003</v>
       </c>
       <c r="Q72" s="5"/>
-      <c r="R72" s="12"/>
-      <c r="S72" s="9"/>
+      <c r="R72" s="9"/>
+      <c r="S72" s="6"/>
       <c r="T72" s="5"/>
-      <c r="U72" s="12"/>
-      <c r="V72" s="9"/>
+      <c r="U72" s="9"/>
+      <c r="V72" s="6"/>
       <c r="W72" s="5"/>
-      <c r="X72" s="12"/>
-      <c r="Y72" s="9"/>
+      <c r="X72" s="9"/>
+      <c r="Y72" s="6"/>
       <c r="Z72" s="5"/>
-      <c r="AA72" s="12"/>
-      <c r="AB72" s="9"/>
+      <c r="AA72" s="9"/>
+      <c r="AB72" s="6"/>
     </row>
     <row r="73" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A73" s="5">
         <v>41182</v>
       </c>
       <c r="B73" s="5">
         <v>41325</v>
       </c>
-      <c r="C73" s="12">
+      <c r="C73" s="9">
         <v>153.33000000000001</v>
       </c>
-      <c r="D73" s="9">
+      <c r="D73" s="6">
         <v>0.95</v>
       </c>
       <c r="E73" s="5">
         <v>41326</v>
       </c>
-      <c r="F73" s="12">
+      <c r="F73" s="9">
         <v>101.58</v>
       </c>
-      <c r="G73" s="9">
+      <c r="G73" s="6">
         <v>0.95</v>
       </c>
       <c r="H73" s="5">
         <v>41353</v>
       </c>
-      <c r="I73" s="12">
+      <c r="I73" s="9">
         <v>109.38</v>
       </c>
-      <c r="J73" s="9">
+      <c r="J73" s="6">
         <v>0.95</v>
       </c>
       <c r="K73" s="5"/>
-      <c r="L73" s="12"/>
-      <c r="M73" s="9"/>
+      <c r="L73" s="9"/>
+      <c r="M73" s="6"/>
       <c r="N73" s="5">
         <v>41353</v>
       </c>
-      <c r="O73" s="12">
+      <c r="O73" s="9">
         <v>106.74</v>
       </c>
-      <c r="P73" s="9">
+      <c r="P73" s="6">
         <v>0.95</v>
       </c>
       <c r="Q73" s="5"/>
-      <c r="R73" s="12"/>
-      <c r="S73" s="9"/>
+      <c r="R73" s="9"/>
+      <c r="S73" s="6"/>
       <c r="T73" s="5"/>
-      <c r="U73" s="12"/>
-      <c r="V73" s="9"/>
+      <c r="U73" s="9"/>
+      <c r="V73" s="6"/>
       <c r="W73" s="5"/>
-      <c r="X73" s="12"/>
-      <c r="Y73" s="9"/>
+      <c r="X73" s="9"/>
+      <c r="Y73" s="6"/>
       <c r="Z73" s="5"/>
-      <c r="AA73" s="12"/>
-      <c r="AB73" s="9"/>
+      <c r="AA73" s="9"/>
+      <c r="AB73" s="6"/>
     </row>
     <row r="74" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A74" s="5">
         <v>41274</v>
       </c>
       <c r="B74" s="5">
         <v>41414</v>
       </c>
-      <c r="C74" s="12">
+      <c r="C74" s="9">
         <v>154.56</v>
       </c>
-      <c r="D74" s="9">
+      <c r="D74" s="6">
         <v>0.8</v>
       </c>
       <c r="E74" s="5">
         <v>41415</v>
       </c>
-      <c r="F74" s="12">
+      <c r="F74" s="9">
         <v>102.39</v>
       </c>
-      <c r="G74" s="9">
+      <c r="G74" s="6">
         <v>0.8</v>
       </c>
       <c r="H74" s="5">
         <v>41445</v>
       </c>
-      <c r="I74" s="12">
+      <c r="I74" s="9">
         <v>110.26</v>
       </c>
-      <c r="J74" s="9">
+      <c r="J74" s="6">
         <v>0.8</v>
       </c>
       <c r="K74" s="5"/>
-      <c r="L74" s="12"/>
-      <c r="M74" s="9"/>
+      <c r="L74" s="9"/>
+      <c r="M74" s="6"/>
       <c r="N74" s="5">
         <v>41445</v>
       </c>
-      <c r="O74" s="12">
+      <c r="O74" s="9">
         <v>107.59</v>
       </c>
-      <c r="P74" s="9">
+      <c r="P74" s="6">
         <v>0.8</v>
       </c>
       <c r="Q74" s="5"/>
-      <c r="R74" s="12"/>
-      <c r="S74" s="9"/>
+      <c r="R74" s="9"/>
+      <c r="S74" s="6"/>
       <c r="T74" s="5"/>
-      <c r="U74" s="12"/>
-      <c r="V74" s="9"/>
+      <c r="U74" s="9"/>
+      <c r="V74" s="6"/>
       <c r="W74" s="5"/>
-      <c r="X74" s="12"/>
-      <c r="Y74" s="9"/>
+      <c r="X74" s="9"/>
+      <c r="Y74" s="6"/>
       <c r="Z74" s="5"/>
-      <c r="AA74" s="12"/>
-      <c r="AB74" s="9"/>
+      <c r="AA74" s="9"/>
+      <c r="AB74" s="6"/>
     </row>
     <row r="75" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A75" s="5">
         <v>41364</v>
       </c>
       <c r="B75" s="5">
         <v>41506</v>
       </c>
-      <c r="C75" s="12">
+      <c r="C75" s="9">
         <v>155.01</v>
       </c>
-      <c r="D75" s="9">
+      <c r="D75" s="6">
         <v>0.28999999999999998</v>
       </c>
       <c r="E75" s="5">
         <v>41507</v>
       </c>
-      <c r="F75" s="12">
+      <c r="F75" s="9">
         <v>102.69</v>
       </c>
-      <c r="G75" s="9">
+      <c r="G75" s="6">
         <v>0.28999999999999998</v>
       </c>
       <c r="H75" s="5">
         <v>41537</v>
       </c>
-      <c r="I75" s="12">
+      <c r="I75" s="9">
         <v>110.58</v>
       </c>
-      <c r="J75" s="9">
+      <c r="J75" s="6">
         <v>0.28999999999999998</v>
       </c>
       <c r="K75" s="5"/>
-      <c r="L75" s="12"/>
-      <c r="M75" s="9"/>
+      <c r="L75" s="9"/>
+      <c r="M75" s="6"/>
       <c r="N75" s="5">
         <v>41537</v>
       </c>
-      <c r="O75" s="12">
+      <c r="O75" s="9">
         <v>107.9</v>
       </c>
-      <c r="P75" s="9">
+      <c r="P75" s="6">
         <v>0.28999999999999998</v>
       </c>
       <c r="Q75" s="5"/>
-      <c r="R75" s="12"/>
-      <c r="S75" s="9"/>
+      <c r="R75" s="9"/>
+      <c r="S75" s="6"/>
       <c r="T75" s="5">
         <v>41507</v>
       </c>
-      <c r="U75" s="12">
+      <c r="U75" s="9">
         <v>100</v>
       </c>
-      <c r="V75" s="9"/>
+      <c r="V75" s="6"/>
       <c r="W75" s="5"/>
-      <c r="X75" s="12"/>
-      <c r="Y75" s="9"/>
+      <c r="X75" s="9"/>
+      <c r="Y75" s="6"/>
       <c r="Z75" s="5"/>
-      <c r="AA75" s="12"/>
-      <c r="AB75" s="9"/>
+      <c r="AA75" s="9"/>
+      <c r="AB75" s="6"/>
     </row>
     <row r="76" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A76" s="5">
         <v>41455</v>
       </c>
       <c r="B76" s="5">
         <v>41598</v>
       </c>
-      <c r="C76" s="12">
+      <c r="C76" s="9">
         <v>155.61000000000001</v>
       </c>
-      <c r="D76" s="9">
+      <c r="D76" s="6">
         <v>0.39</v>
       </c>
       <c r="E76" s="5">
         <v>41599</v>
       </c>
-      <c r="F76" s="12">
+      <c r="F76" s="9">
         <v>103.09</v>
       </c>
-      <c r="G76" s="9">
+      <c r="G76" s="6">
         <v>0.39</v>
       </c>
       <c r="H76" s="5">
         <v>41628</v>
       </c>
-      <c r="I76" s="12">
+      <c r="I76" s="9">
         <v>111.01</v>
       </c>
-      <c r="J76" s="9">
+      <c r="J76" s="6">
         <v>0.39</v>
       </c>
       <c r="K76" s="5"/>
-      <c r="L76" s="12"/>
-      <c r="M76" s="9"/>
+      <c r="L76" s="9"/>
+      <c r="M76" s="6"/>
       <c r="N76" s="5">
         <v>41628</v>
       </c>
-      <c r="O76" s="12">
+      <c r="O76" s="9">
         <v>108.32</v>
       </c>
-      <c r="P76" s="9">
+      <c r="P76" s="6">
         <v>0.39</v>
       </c>
       <c r="Q76" s="5"/>
-      <c r="R76" s="12"/>
-      <c r="S76" s="9"/>
+      <c r="R76" s="9"/>
+      <c r="S76" s="6"/>
       <c r="T76" s="5">
         <v>41599</v>
       </c>
-      <c r="U76" s="12">
+      <c r="U76" s="9">
         <v>100.39</v>
       </c>
-      <c r="V76" s="9">
+      <c r="V76" s="6">
         <v>0.39</v>
       </c>
       <c r="W76" s="5"/>
-      <c r="X76" s="12"/>
-      <c r="Y76" s="9"/>
+      <c r="X76" s="9"/>
+      <c r="Y76" s="6"/>
       <c r="Z76" s="5"/>
-      <c r="AA76" s="12"/>
-      <c r="AB76" s="9"/>
+      <c r="AA76" s="9"/>
+      <c r="AB76" s="6"/>
     </row>
     <row r="77" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A77" s="5">
         <v>41547</v>
       </c>
       <c r="B77" s="5">
         <v>41690</v>
       </c>
-      <c r="C77" s="12">
+      <c r="C77" s="9">
         <v>156.82</v>
       </c>
-      <c r="D77" s="9">
+      <c r="D77" s="6">
         <v>0.78</v>
       </c>
       <c r="E77" s="5">
         <v>41691</v>
       </c>
-      <c r="F77" s="12">
+      <c r="F77" s="9">
         <v>103.89</v>
       </c>
-      <c r="G77" s="9">
+      <c r="G77" s="6">
         <v>0.78</v>
       </c>
       <c r="H77" s="5">
         <v>41718</v>
       </c>
-      <c r="I77" s="12">
+      <c r="I77" s="9">
         <v>111.88</v>
       </c>
-      <c r="J77" s="9">
+      <c r="J77" s="6">
         <v>0.78</v>
       </c>
       <c r="K77" s="5"/>
-      <c r="L77" s="12"/>
-      <c r="M77" s="9"/>
+      <c r="L77" s="9"/>
+      <c r="M77" s="6"/>
       <c r="N77" s="5">
         <v>41718</v>
       </c>
-      <c r="O77" s="12">
+      <c r="O77" s="9">
         <v>109.16</v>
       </c>
-      <c r="P77" s="9">
+      <c r="P77" s="6">
         <v>0.78</v>
       </c>
       <c r="Q77" s="5"/>
-      <c r="R77" s="12"/>
-      <c r="S77" s="9"/>
+      <c r="R77" s="9"/>
+      <c r="S77" s="6"/>
       <c r="T77" s="5">
         <v>41691</v>
       </c>
-      <c r="U77" s="12">
+      <c r="U77" s="9">
         <v>101.17</v>
       </c>
-      <c r="V77" s="9">
+      <c r="V77" s="6">
         <v>0.78</v>
       </c>
       <c r="W77" s="5"/>
-      <c r="X77" s="12"/>
-      <c r="Y77" s="9"/>
+      <c r="X77" s="9"/>
+      <c r="Y77" s="6"/>
       <c r="Z77" s="5"/>
-      <c r="AA77" s="12"/>
-      <c r="AB77" s="9"/>
+      <c r="AA77" s="9"/>
+      <c r="AB77" s="6"/>
     </row>
     <row r="78" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A78" s="5">
         <v>41639</v>
       </c>
       <c r="B78" s="5">
         <v>41779</v>
       </c>
-      <c r="C78" s="12">
+      <c r="C78" s="9">
         <v>158.34</v>
       </c>
-      <c r="D78" s="9">
+      <c r="D78" s="6">
         <v>0.97</v>
       </c>
       <c r="E78" s="5">
         <v>41780</v>
       </c>
-      <c r="F78" s="12">
+      <c r="F78" s="9">
         <v>104.9</v>
       </c>
-      <c r="G78" s="9">
+      <c r="G78" s="6">
         <v>0.97</v>
       </c>
       <c r="H78" s="5">
         <v>41810</v>
       </c>
-      <c r="I78" s="12">
+      <c r="I78" s="9">
         <v>112.97</v>
       </c>
-      <c r="J78" s="9">
+      <c r="J78" s="6">
         <v>0.97</v>
       </c>
       <c r="K78" s="5"/>
-      <c r="L78" s="12"/>
-      <c r="M78" s="9"/>
+      <c r="L78" s="9"/>
+      <c r="M78" s="6"/>
       <c r="N78" s="5">
         <v>41810</v>
       </c>
-      <c r="O78" s="12">
+      <c r="O78" s="9">
         <v>110.22</v>
       </c>
-      <c r="P78" s="9">
+      <c r="P78" s="6">
         <v>0.97</v>
       </c>
       <c r="Q78" s="5"/>
-      <c r="R78" s="12"/>
-      <c r="S78" s="9"/>
+      <c r="R78" s="9"/>
+      <c r="S78" s="6"/>
       <c r="T78" s="5">
         <v>41780</v>
       </c>
-      <c r="U78" s="12">
+      <c r="U78" s="9">
         <v>102.15</v>
       </c>
-      <c r="V78" s="9">
+      <c r="V78" s="6">
         <v>0.97</v>
       </c>
       <c r="W78" s="5"/>
-      <c r="X78" s="12"/>
-      <c r="Y78" s="9"/>
+      <c r="X78" s="9"/>
+      <c r="Y78" s="6"/>
       <c r="Z78" s="5"/>
-      <c r="AA78" s="12"/>
-      <c r="AB78" s="9"/>
+      <c r="AA78" s="9"/>
+      <c r="AB78" s="6"/>
     </row>
     <row r="79" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A79" s="5">
         <v>41729</v>
       </c>
       <c r="B79" s="5">
         <v>41871</v>
       </c>
-      <c r="C79" s="12">
+      <c r="C79" s="9">
         <v>159.4</v>
       </c>
-      <c r="D79" s="9">
+      <c r="D79" s="6">
         <v>0.67</v>
       </c>
       <c r="E79" s="5">
         <v>41872</v>
       </c>
-      <c r="F79" s="12">
+      <c r="F79" s="9">
         <v>105.6</v>
       </c>
-      <c r="G79" s="9">
+      <c r="G79" s="6">
         <v>0.67</v>
       </c>
       <c r="H79" s="5">
         <v>41902</v>
       </c>
-      <c r="I79" s="12">
+      <c r="I79" s="9">
         <v>113.73</v>
       </c>
-      <c r="J79" s="9">
+      <c r="J79" s="6">
         <v>0.67</v>
       </c>
       <c r="K79" s="5"/>
-      <c r="L79" s="12"/>
-      <c r="M79" s="9"/>
+      <c r="L79" s="9"/>
+      <c r="M79" s="6"/>
       <c r="N79" s="5">
         <v>41902</v>
       </c>
-      <c r="O79" s="12">
+      <c r="O79" s="9">
         <v>110.96</v>
       </c>
-      <c r="P79" s="9">
+      <c r="P79" s="6">
         <v>0.67</v>
       </c>
       <c r="Q79" s="5"/>
-      <c r="R79" s="12"/>
-      <c r="S79" s="9"/>
+      <c r="R79" s="9"/>
+      <c r="S79" s="6"/>
       <c r="T79" s="5">
         <v>41872</v>
       </c>
-      <c r="U79" s="12">
+      <c r="U79" s="9">
         <v>102.83</v>
       </c>
-      <c r="V79" s="9">
+      <c r="V79" s="6">
         <v>0.67</v>
       </c>
       <c r="W79" s="5"/>
-      <c r="X79" s="12"/>
-      <c r="Y79" s="9"/>
+      <c r="X79" s="9"/>
+      <c r="Y79" s="6"/>
       <c r="Z79" s="5"/>
-      <c r="AA79" s="12"/>
-      <c r="AB79" s="9"/>
+      <c r="AA79" s="9"/>
+      <c r="AB79" s="6"/>
     </row>
     <row r="80" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A80" s="5">
         <v>41820</v>
       </c>
       <c r="B80" s="5">
         <v>41963</v>
       </c>
-      <c r="C80" s="12">
+      <c r="C80" s="9">
         <v>160.22999999999999</v>
       </c>
-      <c r="D80" s="9">
+      <c r="D80" s="6">
         <v>0.52</v>
       </c>
       <c r="E80" s="5">
         <v>41964</v>
       </c>
-      <c r="F80" s="12">
+      <c r="F80" s="9">
         <v>106.15</v>
       </c>
-      <c r="G80" s="9">
+      <c r="G80" s="6">
         <v>0.52</v>
       </c>
       <c r="H80" s="5">
         <v>41993</v>
       </c>
-      <c r="I80" s="12">
+      <c r="I80" s="9">
         <v>114.32</v>
       </c>
-      <c r="J80" s="9">
+      <c r="J80" s="6">
         <v>0.52</v>
       </c>
       <c r="K80" s="5"/>
-      <c r="L80" s="12"/>
-      <c r="M80" s="9"/>
+      <c r="L80" s="9"/>
+      <c r="M80" s="6"/>
       <c r="N80" s="5">
         <v>41993</v>
       </c>
-      <c r="O80" s="12">
+      <c r="O80" s="9">
         <v>111.54</v>
       </c>
-      <c r="P80" s="9">
+      <c r="P80" s="6">
         <v>0.52</v>
       </c>
       <c r="Q80" s="5"/>
-      <c r="R80" s="12"/>
-      <c r="S80" s="9"/>
+      <c r="R80" s="9"/>
+      <c r="S80" s="6"/>
       <c r="T80" s="5">
         <v>41964</v>
       </c>
-      <c r="U80" s="12">
+      <c r="U80" s="9">
         <v>103.36</v>
       </c>
-      <c r="V80" s="9">
+      <c r="V80" s="6">
         <v>0.52</v>
       </c>
       <c r="W80" s="5"/>
-      <c r="X80" s="12"/>
-      <c r="Y80" s="9"/>
+      <c r="X80" s="9"/>
+      <c r="Y80" s="6"/>
       <c r="Z80" s="5"/>
-      <c r="AA80" s="12"/>
-      <c r="AB80" s="9"/>
+      <c r="AA80" s="9"/>
+      <c r="AB80" s="6"/>
     </row>
     <row r="81" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A81" s="5">
         <v>41912</v>
       </c>
       <c r="B81" s="5">
         <v>42055</v>
       </c>
-      <c r="C81" s="12">
+      <c r="C81" s="9">
         <v>160.97999999999999</v>
       </c>
-      <c r="D81" s="9">
+      <c r="D81" s="6">
         <v>0.47</v>
       </c>
       <c r="E81" s="5">
         <v>42056</v>
       </c>
-      <c r="F81" s="12">
+      <c r="F81" s="9">
         <v>106.65</v>
       </c>
-      <c r="G81" s="9">
+      <c r="G81" s="6">
         <v>0.47</v>
       </c>
       <c r="H81" s="5">
         <v>42083</v>
       </c>
-      <c r="I81" s="12">
+      <c r="I81" s="9">
         <v>114.86</v>
       </c>
-      <c r="J81" s="9">
+      <c r="J81" s="6">
         <v>0.47</v>
       </c>
       <c r="K81" s="5"/>
-      <c r="L81" s="12"/>
-      <c r="M81" s="9"/>
+      <c r="L81" s="9"/>
+      <c r="M81" s="6"/>
       <c r="N81" s="5">
         <v>42083</v>
       </c>
-      <c r="O81" s="12">
+      <c r="O81" s="9">
         <v>112.06</v>
       </c>
-      <c r="P81" s="9">
+      <c r="P81" s="6">
         <v>0.47</v>
       </c>
       <c r="Q81" s="5"/>
-      <c r="R81" s="12"/>
-      <c r="S81" s="9"/>
+      <c r="R81" s="9"/>
+      <c r="S81" s="6"/>
       <c r="T81" s="5">
         <v>42056</v>
       </c>
-      <c r="U81" s="12">
+      <c r="U81" s="9">
         <v>103.85</v>
       </c>
-      <c r="V81" s="9">
+      <c r="V81" s="6">
         <v>0.47</v>
       </c>
       <c r="W81" s="5"/>
-      <c r="X81" s="12"/>
-      <c r="Y81" s="9"/>
+      <c r="X81" s="9"/>
+      <c r="Y81" s="6"/>
       <c r="Z81" s="5"/>
-      <c r="AA81" s="12"/>
-      <c r="AB81" s="9"/>
+      <c r="AA81" s="9"/>
+      <c r="AB81" s="6"/>
     </row>
     <row r="82" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A82" s="5">
         <v>42004</v>
       </c>
       <c r="B82" s="5">
         <v>42144</v>
       </c>
-      <c r="C82" s="12">
+      <c r="C82" s="9">
         <v>161.51</v>
       </c>
-      <c r="D82" s="9">
+      <c r="D82" s="6">
         <v>0.33</v>
       </c>
       <c r="E82" s="5">
         <v>42145</v>
       </c>
-      <c r="F82" s="12">
+      <c r="F82" s="9">
         <v>107</v>
       </c>
-      <c r="G82" s="9">
+      <c r="G82" s="6">
         <v>0.33</v>
       </c>
       <c r="H82" s="5">
         <v>42175</v>
       </c>
-      <c r="I82" s="12">
+      <c r="I82" s="9">
         <v>115.24</v>
       </c>
-      <c r="J82" s="9">
+      <c r="J82" s="6">
         <v>0.33</v>
       </c>
       <c r="K82" s="5"/>
-      <c r="L82" s="12"/>
-      <c r="M82" s="9"/>
+      <c r="L82" s="9"/>
+      <c r="M82" s="6"/>
       <c r="N82" s="5">
         <v>42175</v>
       </c>
-      <c r="O82" s="12">
+      <c r="O82" s="9">
         <v>112.43</v>
       </c>
-      <c r="P82" s="9">
+      <c r="P82" s="6">
         <v>0.33</v>
       </c>
       <c r="Q82" s="5"/>
-      <c r="R82" s="12"/>
-      <c r="S82" s="9"/>
+      <c r="R82" s="9"/>
+      <c r="S82" s="6"/>
       <c r="T82" s="5">
         <v>42145</v>
       </c>
-      <c r="U82" s="12">
+      <c r="U82" s="9">
         <v>104.19</v>
       </c>
-      <c r="V82" s="9">
+      <c r="V82" s="6">
         <v>0.33</v>
       </c>
       <c r="W82" s="5">
         <v>42145</v>
       </c>
-      <c r="X82" s="12">
+      <c r="X82" s="9">
         <v>100</v>
       </c>
-      <c r="Y82" s="9"/>
+      <c r="Y82" s="6"/>
       <c r="Z82" s="5"/>
-      <c r="AA82" s="12"/>
-      <c r="AB82" s="9"/>
+      <c r="AA82" s="9"/>
+      <c r="AB82" s="6"/>
     </row>
     <row r="83" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A83" s="5">
         <v>42094</v>
       </c>
       <c r="B83" s="5">
         <v>42236</v>
       </c>
-      <c r="C83" s="12">
+      <c r="C83" s="9">
         <v>161.82</v>
       </c>
-      <c r="D83" s="9">
+      <c r="D83" s="6">
         <v>0.19</v>
       </c>
       <c r="E83" s="5">
         <v>42237</v>
       </c>
-      <c r="F83" s="12">
+      <c r="F83" s="9">
         <v>107.2</v>
       </c>
-      <c r="G83" s="9">
+      <c r="G83" s="6">
         <v>0.19</v>
       </c>
       <c r="H83" s="5">
         <v>42267</v>
       </c>
-      <c r="I83" s="12">
+      <c r="I83" s="9">
         <v>115.46</v>
       </c>
-      <c r="J83" s="9">
+      <c r="J83" s="6">
         <v>0.19</v>
       </c>
       <c r="K83" s="5"/>
-      <c r="L83" s="12"/>
-      <c r="M83" s="9"/>
+      <c r="L83" s="9"/>
+      <c r="M83" s="6"/>
       <c r="N83" s="5">
         <v>42267</v>
       </c>
-      <c r="O83" s="12">
+      <c r="O83" s="9">
         <v>112.64</v>
       </c>
-      <c r="P83" s="9">
+      <c r="P83" s="6">
         <v>0.19</v>
       </c>
       <c r="Q83" s="5"/>
-      <c r="R83" s="12"/>
-      <c r="S83" s="9"/>
+      <c r="R83" s="9"/>
+      <c r="S83" s="6"/>
       <c r="T83" s="5">
         <v>42237</v>
       </c>
-      <c r="U83" s="12">
+      <c r="U83" s="9">
         <v>104.39</v>
       </c>
-      <c r="V83" s="9">
+      <c r="V83" s="6">
         <v>0.19</v>
       </c>
       <c r="W83" s="5">
         <v>42237</v>
       </c>
-      <c r="X83" s="12">
+      <c r="X83" s="9">
         <v>100.19</v>
       </c>
-      <c r="Y83" s="9">
+      <c r="Y83" s="6">
         <v>0.19</v>
       </c>
       <c r="Z83" s="5"/>
-      <c r="AA83" s="12"/>
-      <c r="AB83" s="9"/>
+      <c r="AA83" s="9"/>
+      <c r="AB83" s="6"/>
     </row>
     <row r="84" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A84" s="5">
         <v>42185</v>
       </c>
       <c r="B84" s="5">
         <v>42328</v>
       </c>
-      <c r="C84" s="12">
+      <c r="C84" s="9">
         <v>162.5</v>
       </c>
-      <c r="D84" s="9">
+      <c r="D84" s="6">
         <v>0.42</v>
       </c>
       <c r="E84" s="5">
         <v>42329</v>
       </c>
-      <c r="F84" s="12">
+      <c r="F84" s="9">
         <v>107.65</v>
       </c>
-      <c r="G84" s="9">
+      <c r="G84" s="6">
         <v>0.42</v>
       </c>
       <c r="H84" s="5">
         <v>42358</v>
       </c>
-      <c r="I84" s="12">
+      <c r="I84" s="9">
         <v>115.94</v>
       </c>
-      <c r="J84" s="9">
+      <c r="J84" s="6">
         <v>0.42</v>
       </c>
       <c r="K84" s="5"/>
-      <c r="L84" s="12"/>
-      <c r="M84" s="9"/>
+      <c r="L84" s="9"/>
+      <c r="M84" s="6"/>
       <c r="N84" s="5">
         <v>42358</v>
       </c>
-      <c r="O84" s="12">
+      <c r="O84" s="9">
         <v>113.11</v>
       </c>
-      <c r="P84" s="9">
+      <c r="P84" s="6">
         <v>0.42</v>
       </c>
       <c r="Q84" s="5"/>
-      <c r="R84" s="12"/>
-      <c r="S84" s="9"/>
+      <c r="R84" s="9"/>
+      <c r="S84" s="6"/>
       <c r="T84" s="5">
         <v>42329</v>
       </c>
-      <c r="U84" s="12">
+      <c r="U84" s="9">
         <v>104.83</v>
       </c>
-      <c r="V84" s="9">
+      <c r="V84" s="6">
         <v>0.42</v>
       </c>
       <c r="W84" s="5">
         <v>42329</v>
       </c>
-      <c r="X84" s="12">
+      <c r="X84" s="9">
         <v>100.61</v>
       </c>
-      <c r="Y84" s="9">
+      <c r="Y84" s="6">
         <v>0.42</v>
       </c>
       <c r="Z84" s="5"/>
-      <c r="AA84" s="12"/>
-      <c r="AB84" s="9"/>
+      <c r="AA84" s="9"/>
+      <c r="AB84" s="6"/>
     </row>
     <row r="85" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A85" s="5">
         <v>42277</v>
       </c>
       <c r="B85" s="5">
         <v>42420</v>
       </c>
-      <c r="C85" s="12">
+      <c r="C85" s="9">
         <v>163.41</v>
       </c>
-      <c r="D85" s="9">
+      <c r="D85" s="6">
         <v>0.56000000000000005</v>
       </c>
       <c r="E85" s="5">
         <v>42421</v>
       </c>
-      <c r="F85" s="12">
+      <c r="F85" s="9">
         <v>108.25</v>
       </c>
-      <c r="G85" s="9">
+      <c r="G85" s="6">
         <v>0.56000000000000005</v>
       </c>
       <c r="H85" s="5">
         <v>42449</v>
       </c>
-      <c r="I85" s="12">
+      <c r="I85" s="9">
         <v>116.59</v>
       </c>
-      <c r="J85" s="9">
+      <c r="J85" s="6">
         <v>0.56000000000000005</v>
       </c>
       <c r="K85" s="5"/>
-      <c r="L85" s="12"/>
-      <c r="M85" s="9"/>
+      <c r="L85" s="9"/>
+      <c r="M85" s="6"/>
       <c r="N85" s="5">
         <v>42449</v>
       </c>
-      <c r="O85" s="12">
+      <c r="O85" s="9">
         <v>113.74</v>
       </c>
-      <c r="P85" s="9">
+      <c r="P85" s="6">
         <v>0.56000000000000005</v>
       </c>
       <c r="Q85" s="5"/>
-      <c r="R85" s="12"/>
-      <c r="S85" s="9"/>
+      <c r="R85" s="9"/>
+      <c r="S85" s="6"/>
       <c r="T85" s="5">
         <v>42421</v>
       </c>
-      <c r="U85" s="12">
+      <c r="U85" s="9">
         <v>105.42</v>
       </c>
-      <c r="V85" s="9">
+      <c r="V85" s="6">
         <v>0.56000000000000005</v>
       </c>
       <c r="W85" s="5">
         <v>42421</v>
       </c>
-      <c r="X85" s="12">
+      <c r="X85" s="9">
         <v>101.17</v>
       </c>
-      <c r="Y85" s="9">
+      <c r="Y85" s="6">
         <v>0.56000000000000005</v>
       </c>
       <c r="Z85" s="5"/>
-      <c r="AA85" s="12"/>
-      <c r="AB85" s="9"/>
+      <c r="AA85" s="9"/>
+      <c r="AB85" s="6"/>
     </row>
     <row r="86" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A86" s="5">
         <v>42369</v>
       </c>
       <c r="B86" s="5">
         <v>42510</v>
       </c>
-      <c r="C86" s="12">
+      <c r="C86" s="9">
         <v>164.1</v>
       </c>
-      <c r="D86" s="9">
+      <c r="D86" s="6">
         <v>0.42</v>
       </c>
       <c r="E86" s="5">
         <v>42511</v>
       </c>
-      <c r="F86" s="12">
+      <c r="F86" s="9">
         <v>108.7</v>
       </c>
-      <c r="G86" s="9">
+      <c r="G86" s="6">
         <v>0.42</v>
       </c>
       <c r="H86" s="5">
         <v>42541</v>
       </c>
-      <c r="I86" s="12">
+      <c r="I86" s="9">
         <v>117.08</v>
       </c>
-      <c r="J86" s="9">
+      <c r="J86" s="6">
         <v>0.42</v>
       </c>
       <c r="K86" s="5"/>
-      <c r="L86" s="12"/>
-      <c r="M86" s="9"/>
+      <c r="L86" s="9"/>
+      <c r="M86" s="6"/>
       <c r="N86" s="5">
         <v>42541</v>
       </c>
-      <c r="O86" s="12">
+      <c r="O86" s="9">
         <v>114.22</v>
       </c>
-      <c r="P86" s="9">
+      <c r="P86" s="6">
         <v>0.42</v>
       </c>
       <c r="Q86" s="5"/>
-      <c r="R86" s="12"/>
-      <c r="S86" s="9"/>
+      <c r="R86" s="9"/>
+      <c r="S86" s="6"/>
       <c r="T86" s="5">
         <v>42511</v>
       </c>
-      <c r="U86" s="12">
+      <c r="U86" s="9">
         <v>105.86</v>
       </c>
-      <c r="V86" s="9">
+      <c r="V86" s="6">
         <v>0.42</v>
       </c>
       <c r="W86" s="5">
         <v>42511</v>
       </c>
-      <c r="X86" s="12">
+      <c r="X86" s="9">
         <v>101.59</v>
       </c>
-      <c r="Y86" s="9">
+      <c r="Y86" s="6">
         <v>0.42</v>
       </c>
       <c r="Z86" s="5"/>
-      <c r="AA86" s="12"/>
-      <c r="AB86" s="9"/>
+      <c r="AA86" s="9"/>
+      <c r="AB86" s="6"/>
     </row>
     <row r="87" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A87" s="5">
         <v>42460</v>
       </c>
       <c r="B87" s="5">
         <v>42602</v>
       </c>
-      <c r="C87" s="12">
+      <c r="C87" s="9">
         <v>164.25</v>
       </c>
-      <c r="D87" s="9">
+      <c r="D87" s="6">
         <v>0.09</v>
       </c>
       <c r="E87" s="5">
         <v>42603</v>
       </c>
-      <c r="F87" s="12">
+      <c r="F87" s="9">
         <v>108.8</v>
       </c>
-      <c r="G87" s="9">
+      <c r="G87" s="6">
         <v>0.09</v>
       </c>
       <c r="H87" s="5">
         <v>42633</v>
       </c>
-      <c r="I87" s="12">
+      <c r="I87" s="9">
         <v>117.19</v>
       </c>
-      <c r="J87" s="9">
+      <c r="J87" s="6">
         <v>0.09</v>
       </c>
       <c r="K87" s="5"/>
-      <c r="L87" s="12"/>
-      <c r="M87" s="9"/>
+      <c r="L87" s="9"/>
+      <c r="M87" s="6"/>
       <c r="N87" s="5">
         <v>42633</v>
       </c>
-      <c r="O87" s="12">
+      <c r="O87" s="9">
         <v>114.32</v>
       </c>
-      <c r="P87" s="9">
+      <c r="P87" s="6">
         <v>0.09</v>
       </c>
       <c r="Q87" s="5"/>
-      <c r="R87" s="12"/>
-      <c r="S87" s="9"/>
+      <c r="R87" s="9"/>
+      <c r="S87" s="6"/>
       <c r="T87" s="5">
         <v>42603</v>
       </c>
-      <c r="U87" s="12">
+      <c r="U87" s="9">
         <v>105.96</v>
       </c>
-      <c r="V87" s="9">
+      <c r="V87" s="6">
         <v>0.09</v>
       </c>
       <c r="W87" s="5">
         <v>42603</v>
       </c>
-      <c r="X87" s="12">
+      <c r="X87" s="9">
         <v>101.68</v>
       </c>
-      <c r="Y87" s="9">
+      <c r="Y87" s="6">
         <v>0.09</v>
       </c>
       <c r="Z87" s="5"/>
-      <c r="AA87" s="12"/>
-      <c r="AB87" s="9"/>
+      <c r="AA87" s="9"/>
+      <c r="AB87" s="6"/>
     </row>
     <row r="88" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A88" s="5">
         <v>42551</v>
       </c>
       <c r="B88" s="5">
         <v>42694</v>
       </c>
-      <c r="C88" s="12">
+      <c r="C88" s="9">
         <v>164.4</v>
       </c>
-      <c r="D88" s="9">
+      <c r="D88" s="6">
         <v>0.09</v>
       </c>
       <c r="E88" s="5">
         <v>42695</v>
       </c>
-      <c r="F88" s="12">
+      <c r="F88" s="9">
         <v>108.9</v>
       </c>
-      <c r="G88" s="9">
+      <c r="G88" s="6">
         <v>0.09</v>
       </c>
       <c r="H88" s="5">
         <v>42724</v>
       </c>
-      <c r="I88" s="12">
+      <c r="I88" s="9">
         <v>117.3</v>
       </c>
-      <c r="J88" s="9">
+      <c r="J88" s="6">
         <v>0.09</v>
       </c>
       <c r="K88" s="5"/>
-      <c r="L88" s="12"/>
-      <c r="M88" s="9"/>
+      <c r="L88" s="9"/>
+      <c r="M88" s="6"/>
       <c r="N88" s="5">
         <v>42724</v>
       </c>
-      <c r="O88" s="12">
+      <c r="O88" s="9">
         <v>114.42</v>
       </c>
-      <c r="P88" s="9">
+      <c r="P88" s="6">
         <v>0.09</v>
       </c>
       <c r="Q88" s="5"/>
-      <c r="R88" s="12"/>
-      <c r="S88" s="9"/>
+      <c r="R88" s="9"/>
+      <c r="S88" s="6"/>
       <c r="T88" s="5">
         <v>42695</v>
       </c>
-      <c r="U88" s="12">
+      <c r="U88" s="9">
         <v>106.06</v>
       </c>
-      <c r="V88" s="9">
+      <c r="V88" s="6">
         <v>0.09</v>
       </c>
       <c r="W88" s="5">
         <v>42695</v>
       </c>
-      <c r="X88" s="12">
+      <c r="X88" s="9">
         <v>101.77</v>
       </c>
-      <c r="Y88" s="9">
+      <c r="Y88" s="6">
         <v>0.09</v>
       </c>
       <c r="Z88" s="5"/>
-      <c r="AA88" s="12"/>
-      <c r="AB88" s="9"/>
+      <c r="AA88" s="9"/>
+      <c r="AB88" s="6"/>
     </row>
     <row r="89" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A89" s="5">
         <v>42643</v>
       </c>
       <c r="B89" s="5">
         <v>42786</v>
       </c>
-      <c r="C89" s="12">
+      <c r="C89" s="9">
         <v>165.3</v>
       </c>
-      <c r="D89" s="9">
+      <c r="D89" s="6">
         <v>0.55000000000000004</v>
       </c>
       <c r="E89" s="5">
         <v>42787</v>
       </c>
-      <c r="F89" s="12">
+      <c r="F89" s="9">
         <v>109.5</v>
       </c>
-      <c r="G89" s="9">
+      <c r="G89" s="6">
         <v>0.55000000000000004</v>
       </c>
       <c r="H89" s="5">
         <v>42814</v>
       </c>
-      <c r="I89" s="12">
+      <c r="I89" s="9">
         <v>117.95</v>
       </c>
-      <c r="J89" s="9">
+      <c r="J89" s="6">
         <v>0.55000000000000004</v>
       </c>
       <c r="K89" s="5"/>
-      <c r="L89" s="12"/>
-      <c r="M89" s="9"/>
+      <c r="L89" s="9"/>
+      <c r="M89" s="6"/>
       <c r="N89" s="5">
         <v>42814</v>
       </c>
-      <c r="O89" s="12">
+      <c r="O89" s="9">
         <v>115.05</v>
       </c>
-      <c r="P89" s="9">
+      <c r="P89" s="6">
         <v>0.55000000000000004</v>
       </c>
       <c r="Q89" s="5"/>
-      <c r="R89" s="12"/>
-      <c r="S89" s="9"/>
+      <c r="R89" s="9"/>
+      <c r="S89" s="6"/>
       <c r="T89" s="5">
         <v>42787</v>
       </c>
-      <c r="U89" s="12">
+      <c r="U89" s="9">
         <v>106.64</v>
       </c>
-      <c r="V89" s="9">
+      <c r="V89" s="6">
         <v>0.55000000000000004</v>
       </c>
       <c r="W89" s="5">
         <v>42787</v>
       </c>
-      <c r="X89" s="12">
+      <c r="X89" s="9">
         <v>102.33</v>
       </c>
-      <c r="Y89" s="9">
+      <c r="Y89" s="6">
         <v>0.55000000000000004</v>
       </c>
       <c r="Z89" s="5"/>
-      <c r="AA89" s="12"/>
-      <c r="AB89" s="9"/>
+      <c r="AA89" s="9"/>
+      <c r="AB89" s="6"/>
     </row>
     <row r="90" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A90" s="5">
         <v>42735</v>
       </c>
       <c r="B90" s="5">
         <v>42875</v>
       </c>
-      <c r="C90" s="12">
+      <c r="C90" s="9">
         <v>166.36</v>
       </c>
-      <c r="D90" s="9">
+      <c r="D90" s="6">
         <v>0.64</v>
       </c>
       <c r="E90" s="5">
         <v>42876</v>
       </c>
-      <c r="F90" s="12">
+      <c r="F90" s="9">
         <v>110.2</v>
       </c>
-      <c r="G90" s="9">
+      <c r="G90" s="6">
         <v>0.64</v>
       </c>
       <c r="H90" s="5">
         <v>42906</v>
       </c>
-      <c r="I90" s="12">
+      <c r="I90" s="9">
         <v>118.7</v>
       </c>
-      <c r="J90" s="9">
+      <c r="J90" s="6">
         <v>0.64</v>
       </c>
       <c r="K90" s="5"/>
-      <c r="L90" s="12"/>
-      <c r="M90" s="9"/>
+      <c r="L90" s="9"/>
+      <c r="M90" s="6"/>
       <c r="N90" s="5">
         <v>42906</v>
       </c>
-      <c r="O90" s="12">
+      <c r="O90" s="9">
         <v>115.79</v>
       </c>
-      <c r="P90" s="9">
+      <c r="P90" s="6">
         <v>0.64</v>
       </c>
       <c r="Q90" s="5"/>
-      <c r="R90" s="12"/>
-      <c r="S90" s="9"/>
+      <c r="R90" s="9"/>
+      <c r="S90" s="6"/>
       <c r="T90" s="5">
         <v>42876</v>
       </c>
-      <c r="U90" s="12">
+      <c r="U90" s="9">
         <v>107.32</v>
       </c>
-      <c r="V90" s="9">
+      <c r="V90" s="6">
         <v>0.64</v>
       </c>
       <c r="W90" s="5">
         <v>42876</v>
       </c>
-      <c r="X90" s="12">
+      <c r="X90" s="9">
         <v>102.98</v>
       </c>
-      <c r="Y90" s="9">
+      <c r="Y90" s="6">
         <v>0.64</v>
       </c>
       <c r="Z90" s="5"/>
-      <c r="AA90" s="12"/>
-      <c r="AB90" s="9"/>
+      <c r="AA90" s="9"/>
+      <c r="AB90" s="6"/>
     </row>
     <row r="91" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A91" s="5">
         <v>42825</v>
       </c>
       <c r="B91" s="5">
         <v>42967</v>
       </c>
-      <c r="C91" s="12">
+      <c r="C91" s="9">
         <v>167.19</v>
       </c>
-      <c r="D91" s="9">
+      <c r="D91" s="6">
         <v>0.5</v>
       </c>
       <c r="E91" s="5">
         <v>42968</v>
       </c>
-      <c r="F91" s="12">
+      <c r="F91" s="9">
         <v>110.75</v>
       </c>
-      <c r="G91" s="9">
+      <c r="G91" s="6">
         <v>0.5</v>
       </c>
       <c r="H91" s="5">
         <v>42998</v>
       </c>
-      <c r="I91" s="12">
+      <c r="I91" s="9">
         <v>119.29</v>
       </c>
-      <c r="J91" s="9">
+      <c r="J91" s="6">
         <v>0.5</v>
       </c>
       <c r="K91" s="5">
         <v>42968</v>
       </c>
-      <c r="L91" s="12">
+      <c r="L91" s="9">
         <v>100</v>
       </c>
-      <c r="M91" s="9"/>
+      <c r="M91" s="6"/>
       <c r="N91" s="5">
         <v>42998</v>
       </c>
-      <c r="O91" s="12">
+      <c r="O91" s="9">
         <v>116.37</v>
       </c>
-      <c r="P91" s="9">
+      <c r="P91" s="6">
         <v>0.5</v>
       </c>
       <c r="Q91" s="5"/>
-      <c r="R91" s="12"/>
-      <c r="S91" s="9"/>
+      <c r="R91" s="9"/>
+      <c r="S91" s="6"/>
       <c r="T91" s="5">
         <v>42968</v>
       </c>
-      <c r="U91" s="12">
+      <c r="U91" s="9">
         <v>107.86</v>
       </c>
-      <c r="V91" s="9">
+      <c r="V91" s="6">
         <v>0.5</v>
       </c>
       <c r="W91" s="5">
         <v>42968</v>
       </c>
-      <c r="X91" s="12">
+      <c r="X91" s="9">
         <v>103.49</v>
       </c>
-      <c r="Y91" s="9">
+      <c r="Y91" s="6">
         <v>0.5</v>
       </c>
       <c r="Z91" s="5"/>
-      <c r="AA91" s="12"/>
-      <c r="AB91" s="9"/>
+      <c r="AA91" s="9"/>
+      <c r="AB91" s="6"/>
     </row>
     <row r="92" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A92" s="5">
         <v>42916</v>
       </c>
       <c r="B92" s="5">
         <v>43059</v>
       </c>
-      <c r="C92" s="12">
+      <c r="C92" s="9">
         <v>167.73</v>
       </c>
-      <c r="D92" s="9">
+      <c r="D92" s="6">
         <v>0.32</v>
       </c>
       <c r="E92" s="5">
         <v>43060</v>
       </c>
-      <c r="F92" s="12">
+      <c r="F92" s="9">
         <v>111.1</v>
       </c>
-      <c r="G92" s="9">
+      <c r="G92" s="6">
         <v>0.32</v>
       </c>
       <c r="H92" s="5">
         <v>43089</v>
       </c>
-      <c r="I92" s="12">
+      <c r="I92" s="9">
         <v>119.67</v>
       </c>
-      <c r="J92" s="9">
+      <c r="J92" s="6">
         <v>0.32</v>
       </c>
       <c r="K92" s="5">
         <v>43060</v>
       </c>
-      <c r="L92" s="12">
+      <c r="L92" s="9">
         <v>100.32</v>
       </c>
-      <c r="M92" s="9">
+      <c r="M92" s="6">
         <v>0.32</v>
       </c>
       <c r="N92" s="5">
         <v>43089</v>
       </c>
-      <c r="O92" s="12">
+      <c r="O92" s="9">
         <v>116.74</v>
       </c>
-      <c r="P92" s="9">
+      <c r="P92" s="6">
         <v>0.32</v>
       </c>
       <c r="Q92" s="5"/>
-      <c r="R92" s="12"/>
-      <c r="S92" s="9"/>
+      <c r="R92" s="9"/>
+      <c r="S92" s="6"/>
       <c r="T92" s="5">
         <v>43060</v>
       </c>
-      <c r="U92" s="12">
+      <c r="U92" s="9">
         <v>108.21</v>
       </c>
-      <c r="V92" s="9">
+      <c r="V92" s="6">
         <v>0.32</v>
       </c>
       <c r="W92" s="5">
         <v>43060</v>
       </c>
-      <c r="X92" s="12">
+      <c r="X92" s="9">
         <v>103.82</v>
       </c>
-      <c r="Y92" s="9">
+      <c r="Y92" s="6">
         <v>0.32</v>
       </c>
       <c r="Z92" s="5"/>
-      <c r="AA92" s="12"/>
-      <c r="AB92" s="9"/>
+      <c r="AA92" s="9"/>
+      <c r="AB92" s="6"/>
     </row>
     <row r="93" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A93" s="5">
         <v>43008</v>
       </c>
       <c r="B93" s="5">
         <v>43151</v>
       </c>
-      <c r="C93" s="12">
+      <c r="C93" s="9">
         <v>168.42</v>
       </c>
-      <c r="D93" s="9">
+      <c r="D93" s="6">
         <v>0.41</v>
       </c>
       <c r="E93" s="5">
         <v>43152</v>
       </c>
-      <c r="F93" s="12">
+      <c r="F93" s="9">
         <v>111.56</v>
       </c>
-      <c r="G93" s="9">
+      <c r="G93" s="6">
         <v>0.41</v>
       </c>
       <c r="H93" s="5">
         <v>43179</v>
       </c>
-      <c r="I93" s="12">
+      <c r="I93" s="9">
         <v>120.16</v>
       </c>
-      <c r="J93" s="9">
+      <c r="J93" s="6">
         <v>0.41</v>
       </c>
       <c r="K93" s="5">
         <v>43152</v>
       </c>
-      <c r="L93" s="12">
+      <c r="L93" s="9">
         <v>100.73</v>
       </c>
-      <c r="M93" s="9">
+      <c r="M93" s="6">
         <v>0.41</v>
       </c>
       <c r="N93" s="5">
         <v>43179</v>
       </c>
-      <c r="O93" s="12">
+      <c r="O93" s="9">
         <v>117.22</v>
       </c>
-      <c r="P93" s="9">
+      <c r="P93" s="6">
         <v>0.41</v>
       </c>
       <c r="Q93" s="5"/>
-      <c r="R93" s="12"/>
-      <c r="S93" s="9"/>
+      <c r="R93" s="9"/>
+      <c r="S93" s="6"/>
       <c r="T93" s="5">
         <v>43152</v>
       </c>
-      <c r="U93" s="12">
+      <c r="U93" s="9">
         <v>108.65</v>
       </c>
-      <c r="V93" s="9">
+      <c r="V93" s="6">
         <v>0.41</v>
       </c>
       <c r="W93" s="5">
         <v>43152</v>
       </c>
-      <c r="X93" s="12">
+      <c r="X93" s="9">
         <v>104.25</v>
       </c>
-      <c r="Y93" s="9">
+      <c r="Y93" s="6">
         <v>0.41</v>
       </c>
       <c r="Z93" s="5"/>
-      <c r="AA93" s="12"/>
-      <c r="AB93" s="9"/>
+      <c r="AA93" s="9"/>
+      <c r="AB93" s="6"/>
     </row>
     <row r="94" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A94" s="5">
         <v>43100</v>
       </c>
       <c r="B94" s="5">
         <v>43240</v>
       </c>
-      <c r="C94" s="12">
+      <c r="C94" s="9">
         <v>169.48</v>
       </c>
-      <c r="D94" s="9">
+      <c r="D94" s="6">
         <v>0.63</v>
       </c>
       <c r="E94" s="5">
         <v>43241</v>
       </c>
-      <c r="F94" s="12">
+      <c r="F94" s="9">
         <v>112.26</v>
       </c>
-      <c r="G94" s="9">
+      <c r="G94" s="6">
         <v>0.63</v>
       </c>
       <c r="H94" s="5">
         <v>43271</v>
       </c>
-      <c r="I94" s="12">
+      <c r="I94" s="9">
         <v>120.92</v>
       </c>
-      <c r="J94" s="9">
+      <c r="J94" s="6">
         <v>0.63</v>
       </c>
       <c r="K94" s="5">
         <v>43241</v>
       </c>
-      <c r="L94" s="12">
+      <c r="L94" s="9">
         <v>101.36</v>
       </c>
-      <c r="M94" s="9">
+      <c r="M94" s="6">
         <v>0.63</v>
       </c>
       <c r="N94" s="5">
         <v>43271</v>
       </c>
-      <c r="O94" s="12">
+      <c r="O94" s="9">
         <v>117.96</v>
       </c>
-      <c r="P94" s="9">
+      <c r="P94" s="6">
         <v>0.63</v>
       </c>
       <c r="Q94" s="5"/>
-      <c r="R94" s="12"/>
-      <c r="S94" s="9"/>
+      <c r="R94" s="9"/>
+      <c r="S94" s="6"/>
       <c r="T94" s="5">
         <v>43241</v>
       </c>
-      <c r="U94" s="12">
+      <c r="U94" s="9">
         <v>109.33</v>
       </c>
-      <c r="V94" s="9">
+      <c r="V94" s="6">
         <v>0.63</v>
       </c>
       <c r="W94" s="5">
         <v>43241</v>
       </c>
-      <c r="X94" s="12">
+      <c r="X94" s="9">
         <v>104.91</v>
       </c>
-      <c r="Y94" s="9">
+      <c r="Y94" s="6">
         <v>0.63</v>
       </c>
       <c r="Z94" s="5"/>
-      <c r="AA94" s="12"/>
-      <c r="AB94" s="9"/>
+      <c r="AA94" s="9"/>
+      <c r="AB94" s="6"/>
     </row>
     <row r="95" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A95" s="5">
         <v>43190</v>
       </c>
       <c r="B95" s="5">
         <v>43332</v>
       </c>
-      <c r="C95" s="12">
+      <c r="C95" s="9">
         <v>170.4</v>
       </c>
-      <c r="D95" s="9">
+      <c r="D95" s="6">
         <v>0.54</v>
       </c>
       <c r="E95" s="5">
         <v>43333</v>
       </c>
-      <c r="F95" s="12">
+      <c r="F95" s="9">
         <v>112.87</v>
       </c>
-      <c r="G95" s="9">
+      <c r="G95" s="6">
         <v>0.54</v>
       </c>
       <c r="H95" s="5">
         <v>43363</v>
       </c>
-      <c r="I95" s="12">
+      <c r="I95" s="9">
         <v>121.57</v>
       </c>
-      <c r="J95" s="9">
+      <c r="J95" s="6">
         <v>0.54</v>
       </c>
       <c r="K95" s="5">
         <v>43333</v>
       </c>
-      <c r="L95" s="12">
+      <c r="L95" s="9">
         <v>101.91</v>
       </c>
-      <c r="M95" s="9">
+      <c r="M95" s="6">
         <v>0.54</v>
       </c>
       <c r="N95" s="5">
         <v>43363</v>
       </c>
-      <c r="O95" s="12">
+      <c r="O95" s="9">
         <v>118.6</v>
       </c>
-      <c r="P95" s="9">
+      <c r="P95" s="6">
         <v>0.54</v>
       </c>
       <c r="Q95" s="5"/>
-      <c r="R95" s="12"/>
-      <c r="S95" s="9"/>
+      <c r="R95" s="9"/>
+      <c r="S95" s="6"/>
       <c r="T95" s="5">
         <v>43333</v>
       </c>
-      <c r="U95" s="12">
+      <c r="U95" s="9">
         <v>109.92</v>
       </c>
-      <c r="V95" s="9">
+      <c r="V95" s="6">
         <v>0.54</v>
       </c>
       <c r="W95" s="5">
         <v>43333</v>
       </c>
-      <c r="X95" s="12">
+      <c r="X95" s="9">
         <v>105.48</v>
       </c>
-      <c r="Y95" s="9">
+      <c r="Y95" s="6">
         <v>0.54</v>
       </c>
       <c r="Z95" s="5">
         <v>43333</v>
       </c>
-      <c r="AA95" s="12">
+      <c r="AA95" s="9">
         <v>100</v>
       </c>
-      <c r="AB95" s="9"/>
+      <c r="AB95" s="6"/>
     </row>
     <row r="96" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A96" s="5">
         <v>43281</v>
       </c>
       <c r="B96" s="5">
         <v>43424</v>
       </c>
-      <c r="C96" s="12">
+      <c r="C96" s="9">
         <v>171.08</v>
       </c>
-      <c r="D96" s="9">
+      <c r="D96" s="6">
         <v>0.4</v>
       </c>
       <c r="E96" s="5">
         <v>43425</v>
       </c>
-      <c r="F96" s="12">
+      <c r="F96" s="9">
         <v>113.32</v>
       </c>
-      <c r="G96" s="9">
+      <c r="G96" s="6">
         <v>0.4</v>
       </c>
       <c r="H96" s="5">
         <v>43454</v>
       </c>
-      <c r="I96" s="12">
+      <c r="I96" s="9">
         <v>122.06</v>
       </c>
-      <c r="J96" s="9">
+      <c r="J96" s="6">
         <v>0.4</v>
       </c>
       <c r="K96" s="5">
         <v>43425</v>
       </c>
-      <c r="L96" s="12">
+      <c r="L96" s="9">
         <v>102.32</v>
       </c>
-      <c r="M96" s="9">
+      <c r="M96" s="6">
         <v>0.4</v>
       </c>
       <c r="N96" s="5">
         <v>43454</v>
       </c>
-      <c r="O96" s="12">
+      <c r="O96" s="9">
         <v>119.07</v>
       </c>
-      <c r="P96" s="9">
+      <c r="P96" s="6">
         <v>0.4</v>
       </c>
       <c r="Q96" s="5"/>
-      <c r="R96" s="12"/>
-      <c r="S96" s="9"/>
+      <c r="R96" s="9"/>
+      <c r="S96" s="6"/>
       <c r="T96" s="5">
         <v>43425</v>
       </c>
-      <c r="U96" s="12">
+      <c r="U96" s="9">
         <v>110.36</v>
       </c>
-      <c r="V96" s="9">
+      <c r="V96" s="6">
         <v>0.4</v>
       </c>
       <c r="W96" s="5">
         <v>43425</v>
       </c>
-      <c r="X96" s="12">
+      <c r="X96" s="9">
         <v>105.9</v>
       </c>
-      <c r="Y96" s="9">
+      <c r="Y96" s="6">
         <v>0.4</v>
       </c>
       <c r="Z96" s="5">
         <v>43425</v>
       </c>
-      <c r="AA96" s="12">
+      <c r="AA96" s="9">
         <v>100.4</v>
       </c>
-      <c r="AB96" s="9">
+      <c r="AB96" s="6">
         <v>0.4</v>
       </c>
     </row>
     <row r="97" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A97" s="5">
         <v>43373</v>
       </c>
       <c r="B97" s="5">
         <v>43516</v>
       </c>
-      <c r="C97" s="12">
+      <c r="C97" s="9">
         <v>171.76</v>
       </c>
-      <c r="D97" s="9">
+      <c r="D97" s="6">
         <v>0.4</v>
       </c>
       <c r="E97" s="5">
         <v>43517</v>
       </c>
-      <c r="F97" s="12">
+      <c r="F97" s="9">
         <v>113.77</v>
       </c>
-      <c r="G97" s="9">
+      <c r="G97" s="6">
         <v>0.4</v>
       </c>
       <c r="H97" s="5">
         <v>43544</v>
       </c>
-      <c r="I97" s="12">
+      <c r="I97" s="9">
         <v>122.55</v>
       </c>
-      <c r="J97" s="9">
+      <c r="J97" s="6">
         <v>0.4</v>
       </c>
       <c r="K97" s="5">
         <v>43517</v>
       </c>
-      <c r="L97" s="12">
+      <c r="L97" s="9">
         <v>102.73</v>
       </c>
-      <c r="M97" s="9">
+      <c r="M97" s="6">
         <v>0.4</v>
       </c>
       <c r="N97" s="5">
         <v>43544</v>
       </c>
-      <c r="O97" s="12">
+      <c r="O97" s="9">
         <v>119.55</v>
       </c>
-      <c r="P97" s="9">
+      <c r="P97" s="6">
         <v>0.4</v>
       </c>
       <c r="Q97" s="5"/>
-      <c r="R97" s="12"/>
-      <c r="S97" s="9"/>
+      <c r="R97" s="9"/>
+      <c r="S97" s="6"/>
       <c r="T97" s="5">
         <v>43517</v>
       </c>
-      <c r="U97" s="12">
+      <c r="U97" s="9">
         <v>110.8</v>
       </c>
-      <c r="V97" s="9">
+      <c r="V97" s="6">
         <v>0.4</v>
       </c>
       <c r="W97" s="5">
         <v>43517</v>
       </c>
-      <c r="X97" s="12">
+      <c r="X97" s="9">
         <v>106.32</v>
       </c>
-      <c r="Y97" s="9">
+      <c r="Y97" s="6">
         <v>0.4</v>
       </c>
       <c r="Z97" s="5">
         <v>43517</v>
       </c>
-      <c r="AA97" s="12">
+      <c r="AA97" s="9">
         <v>100.8</v>
       </c>
-      <c r="AB97" s="9">
+      <c r="AB97" s="6">
         <v>0.4</v>
       </c>
     </row>
     <row r="98" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A98" s="5">
         <v>43465</v>
       </c>
       <c r="B98" s="5">
         <v>43605</v>
       </c>
-      <c r="C98" s="12">
+      <c r="C98" s="9">
         <v>172.6</v>
       </c>
-      <c r="D98" s="9">
+      <c r="D98" s="6">
         <v>0.49</v>
       </c>
       <c r="E98" s="5">
         <v>43606</v>
       </c>
-      <c r="F98" s="12">
+      <c r="F98" s="9">
         <v>114.33</v>
       </c>
-      <c r="G98" s="9">
+      <c r="G98" s="6">
         <v>0.49</v>
       </c>
       <c r="H98" s="5">
         <v>43636</v>
       </c>
-      <c r="I98" s="12">
+      <c r="I98" s="9">
         <v>123.15</v>
       </c>
-      <c r="J98" s="9">
+      <c r="J98" s="6">
         <v>0.49</v>
       </c>
       <c r="K98" s="5">
         <v>43606</v>
       </c>
-      <c r="L98" s="12">
+      <c r="L98" s="9">
         <v>103.23</v>
       </c>
-      <c r="M98" s="9">
+      <c r="M98" s="6">
         <v>0.49</v>
       </c>
       <c r="N98" s="5">
         <v>43636</v>
       </c>
-      <c r="O98" s="12">
+      <c r="O98" s="9">
         <v>120.14</v>
       </c>
-      <c r="P98" s="9">
+      <c r="P98" s="6">
         <v>0.49</v>
       </c>
       <c r="Q98" s="5"/>
-      <c r="R98" s="12"/>
-      <c r="S98" s="9"/>
+      <c r="R98" s="9"/>
+      <c r="S98" s="6"/>
       <c r="T98" s="5">
         <v>43606</v>
       </c>
-      <c r="U98" s="12">
+      <c r="U98" s="9">
         <v>111.34</v>
       </c>
-      <c r="V98" s="9">
+      <c r="V98" s="6">
         <v>0.49</v>
       </c>
       <c r="W98" s="5">
         <v>43606</v>
       </c>
-      <c r="X98" s="12">
+      <c r="X98" s="9">
         <v>106.84</v>
       </c>
-      <c r="Y98" s="9">
+      <c r="Y98" s="6">
         <v>0.49</v>
       </c>
       <c r="Z98" s="5">
         <v>43606</v>
       </c>
-      <c r="AA98" s="12">
+      <c r="AA98" s="9">
         <v>101.29</v>
       </c>
-      <c r="AB98" s="9">
+      <c r="AB98" s="6">
         <v>0.49</v>
       </c>
     </row>
     <row r="99" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A99" s="5">
         <v>43555</v>
       </c>
       <c r="B99" s="5">
         <v>43697</v>
       </c>
-      <c r="C99" s="12">
+      <c r="C99" s="9">
         <v>173.05</v>
       </c>
-      <c r="D99" s="9">
+      <c r="D99" s="6">
         <v>0.26</v>
       </c>
       <c r="E99" s="5">
         <v>43698</v>
       </c>
-      <c r="F99" s="12">
+      <c r="F99" s="9">
         <v>114.63</v>
       </c>
-      <c r="G99" s="9">
+      <c r="G99" s="6">
         <v>0.26</v>
       </c>
       <c r="H99" s="5">
         <v>43728</v>
       </c>
-      <c r="I99" s="12">
+      <c r="I99" s="9">
         <v>123.47</v>
       </c>
-      <c r="J99" s="9">
+      <c r="J99" s="6">
         <v>0.26</v>
       </c>
       <c r="K99" s="5">
         <v>43698</v>
       </c>
-      <c r="L99" s="12">
+      <c r="L99" s="9">
         <v>103.5</v>
       </c>
-      <c r="M99" s="9">
+      <c r="M99" s="6">
         <v>0.26</v>
       </c>
       <c r="N99" s="5">
         <v>43728</v>
       </c>
-      <c r="O99" s="12">
+      <c r="O99" s="9">
         <v>120.45</v>
       </c>
-      <c r="P99" s="9">
+      <c r="P99" s="6">
         <v>0.26</v>
       </c>
       <c r="Q99" s="5"/>
-      <c r="R99" s="12"/>
-      <c r="S99" s="9"/>
+      <c r="R99" s="9"/>
+      <c r="S99" s="6"/>
       <c r="T99" s="5">
         <v>43698</v>
       </c>
-      <c r="U99" s="12">
+      <c r="U99" s="9">
         <v>111.63</v>
       </c>
-      <c r="V99" s="9">
+      <c r="V99" s="6">
         <v>0.26</v>
       </c>
       <c r="W99" s="5">
         <v>43698</v>
       </c>
-      <c r="X99" s="12">
+      <c r="X99" s="9">
         <v>107.12</v>
       </c>
-      <c r="Y99" s="9">
+      <c r="Y99" s="6">
         <v>0.26</v>
       </c>
       <c r="Z99" s="5">
         <v>43698</v>
       </c>
-      <c r="AA99" s="12">
+      <c r="AA99" s="9">
         <v>101.55</v>
       </c>
-      <c r="AB99" s="9">
+      <c r="AB99" s="6">
         <v>0.26</v>
       </c>
     </row>
     <row r="100" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A100" s="5">
         <v>43646</v>
       </c>
       <c r="B100" s="5">
         <v>43789</v>
       </c>
-      <c r="C100" s="12">
+      <c r="C100" s="9">
         <v>173.59</v>
       </c>
-      <c r="D100" s="9">
+      <c r="D100" s="6">
         <v>0.31</v>
       </c>
       <c r="E100" s="5">
         <v>43790</v>
       </c>
-      <c r="F100" s="12">
+      <c r="F100" s="9">
         <v>114.99</v>
       </c>
-      <c r="G100" s="9">
+      <c r="G100" s="6">
         <v>0.31</v>
       </c>
       <c r="H100" s="5">
         <v>43819</v>
       </c>
-      <c r="I100" s="12">
+      <c r="I100" s="9">
         <v>123.85</v>
       </c>
-      <c r="J100" s="9">
+      <c r="J100" s="6">
         <v>0.31</v>
       </c>
       <c r="K100" s="5">
         <v>43790</v>
       </c>
-      <c r="L100" s="12">
+      <c r="L100" s="9">
         <v>103.82</v>
       </c>
-      <c r="M100" s="9">
+      <c r="M100" s="6">
         <v>0.31</v>
       </c>
       <c r="N100" s="5">
         <v>43819</v>
       </c>
-      <c r="O100" s="12">
+      <c r="O100" s="9">
         <v>120.82</v>
       </c>
-      <c r="P100" s="9">
+      <c r="P100" s="6">
         <v>0.31</v>
       </c>
       <c r="Q100" s="5"/>
-      <c r="R100" s="12"/>
-      <c r="S100" s="9"/>
+      <c r="R100" s="9"/>
+      <c r="S100" s="6"/>
       <c r="T100" s="5">
         <v>43790</v>
       </c>
-      <c r="U100" s="12">
+      <c r="U100" s="9">
         <v>111.98</v>
       </c>
-      <c r="V100" s="9">
+      <c r="V100" s="6">
         <v>0.31</v>
       </c>
       <c r="W100" s="5">
         <v>43790</v>
       </c>
-      <c r="X100" s="12">
+      <c r="X100" s="9">
         <v>107.45</v>
       </c>
-      <c r="Y100" s="9">
+      <c r="Y100" s="6">
         <v>0.31</v>
       </c>
       <c r="Z100" s="5">
         <v>43790</v>
       </c>
-      <c r="AA100" s="12">
+      <c r="AA100" s="9">
         <v>101.86</v>
       </c>
-      <c r="AB100" s="9">
+      <c r="AB100" s="6">
         <v>0.31</v>
       </c>
     </row>
     <row r="101" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A101" s="5">
         <v>43738</v>
       </c>
       <c r="B101" s="5">
         <v>43881</v>
       </c>
-      <c r="C101" s="12">
+      <c r="C101" s="9">
         <v>174.58</v>
       </c>
-      <c r="D101" s="9">
+      <c r="D101" s="6">
         <v>0.56999999999999995</v>
       </c>
       <c r="E101" s="5">
         <v>43882</v>
       </c>
-      <c r="F101" s="12">
+      <c r="F101" s="9">
         <v>115.65</v>
       </c>
-      <c r="G101" s="9">
+      <c r="G101" s="6">
         <v>0.56999999999999995</v>
       </c>
       <c r="H101" s="5">
         <v>43910</v>
       </c>
-      <c r="I101" s="12">
+      <c r="I101" s="9">
         <v>124.56</v>
       </c>
-      <c r="J101" s="9">
+      <c r="J101" s="6">
         <v>0.56999999999999995</v>
       </c>
       <c r="K101" s="5">
         <v>43882</v>
       </c>
-      <c r="L101" s="12">
+      <c r="L101" s="9">
         <v>104.41</v>
       </c>
-      <c r="M101" s="9">
+      <c r="M101" s="6">
         <v>0.56999999999999995</v>
       </c>
       <c r="N101" s="5">
         <v>43910</v>
       </c>
-      <c r="O101" s="12">
+      <c r="O101" s="9">
         <v>121.51</v>
       </c>
-      <c r="P101" s="9">
+      <c r="P101" s="6">
         <v>0.56999999999999995</v>
       </c>
       <c r="Q101" s="5"/>
-      <c r="R101" s="12"/>
-      <c r="S101" s="9"/>
+      <c r="R101" s="9"/>
+      <c r="S101" s="6"/>
       <c r="T101" s="5">
         <v>43882</v>
       </c>
-      <c r="U101" s="12">
+      <c r="U101" s="9">
         <v>112.62</v>
       </c>
-      <c r="V101" s="9">
+      <c r="V101" s="6">
         <v>0.56999999999999995</v>
       </c>
       <c r="W101" s="5">
         <v>43882</v>
       </c>
-      <c r="X101" s="12">
+      <c r="X101" s="9">
         <v>108.06</v>
       </c>
-      <c r="Y101" s="9">
+      <c r="Y101" s="6">
         <v>0.56999999999999995</v>
       </c>
       <c r="Z101" s="5">
         <v>43882</v>
       </c>
-      <c r="AA101" s="12">
+      <c r="AA101" s="9">
         <v>102.44</v>
       </c>
-      <c r="AB101" s="9">
+      <c r="AB101" s="6">
         <v>0.56999999999999995</v>
       </c>
     </row>
     <row r="102" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A102" s="5">
         <v>43830</v>
       </c>
       <c r="B102" s="5">
         <v>43971</v>
       </c>
-      <c r="C102" s="12">
+      <c r="C102" s="9">
         <v>175.64</v>
       </c>
-      <c r="D102" s="9">
+      <c r="D102" s="6">
         <v>0.61</v>
       </c>
       <c r="E102" s="5">
         <v>43972</v>
       </c>
-      <c r="F102" s="12">
+      <c r="F102" s="9">
         <v>116.36</v>
       </c>
-      <c r="G102" s="9">
+      <c r="G102" s="6">
         <v>0.61</v>
       </c>
       <c r="H102" s="5">
         <v>44002</v>
       </c>
-      <c r="I102" s="12">
+      <c r="I102" s="9">
         <v>125.32</v>
       </c>
-      <c r="J102" s="9">
+      <c r="J102" s="6">
         <v>0.61</v>
       </c>
       <c r="K102" s="5">
         <v>43972</v>
       </c>
-      <c r="L102" s="12">
+      <c r="L102" s="9">
         <v>105.05</v>
       </c>
-      <c r="M102" s="9">
+      <c r="M102" s="6">
         <v>0.61</v>
       </c>
       <c r="N102" s="5">
         <v>44002</v>
       </c>
-      <c r="O102" s="12">
+      <c r="O102" s="9">
         <v>122.25</v>
       </c>
-      <c r="P102" s="9">
+      <c r="P102" s="6">
         <v>0.61</v>
       </c>
       <c r="Q102" s="5"/>
-      <c r="R102" s="12"/>
-      <c r="S102" s="9"/>
+      <c r="R102" s="9"/>
+      <c r="S102" s="6"/>
       <c r="T102" s="5">
         <v>43972</v>
       </c>
-      <c r="U102" s="12">
+      <c r="U102" s="9">
         <v>113.31</v>
       </c>
-      <c r="V102" s="9">
+      <c r="V102" s="6">
         <v>0.61</v>
       </c>
       <c r="W102" s="5">
         <v>43972</v>
       </c>
-      <c r="X102" s="12">
+      <c r="X102" s="9">
         <v>108.72</v>
       </c>
-      <c r="Y102" s="9">
+      <c r="Y102" s="6">
         <v>0.61</v>
       </c>
       <c r="Z102" s="5">
         <v>43972</v>
       </c>
-      <c r="AA102" s="12">
+      <c r="AA102" s="9">
         <v>103.06</v>
       </c>
-      <c r="AB102" s="9">
+      <c r="AB102" s="6">
         <v>0.61</v>
       </c>
     </row>
     <row r="103" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A103" s="5">
         <v>43921</v>
       </c>
       <c r="B103" s="5">
         <v>44063</v>
       </c>
-      <c r="C103" s="12">
+      <c r="C103" s="9">
         <v>176.55</v>
       </c>
-      <c r="D103" s="9">
+      <c r="D103" s="6">
         <v>0.52</v>
       </c>
       <c r="E103" s="5">
         <v>44064</v>
       </c>
-      <c r="F103" s="12">
+      <c r="F103" s="9">
         <v>116.97</v>
       </c>
-      <c r="G103" s="9">
+      <c r="G103" s="6">
         <v>0.52</v>
       </c>
       <c r="H103" s="5">
         <v>44094</v>
       </c>
-      <c r="I103" s="12">
+      <c r="I103" s="9">
         <v>125.97</v>
       </c>
-      <c r="J103" s="9">
+      <c r="J103" s="6">
         <v>0.52</v>
       </c>
       <c r="K103" s="5">
         <v>44064</v>
       </c>
-      <c r="L103" s="12">
+      <c r="L103" s="9">
         <v>105.6</v>
       </c>
-      <c r="M103" s="9">
+      <c r="M103" s="6">
         <v>0.52</v>
       </c>
       <c r="N103" s="5">
         <v>44094</v>
       </c>
-      <c r="O103" s="12">
+      <c r="O103" s="9">
         <v>122.89</v>
       </c>
-      <c r="P103" s="9">
+      <c r="P103" s="6">
         <v>0.52</v>
       </c>
       <c r="Q103" s="5"/>
-      <c r="R103" s="12"/>
-      <c r="S103" s="9"/>
+      <c r="R103" s="9"/>
+      <c r="S103" s="6"/>
       <c r="T103" s="5">
         <v>44064</v>
       </c>
-      <c r="U103" s="12">
+      <c r="U103" s="9">
         <v>113.9</v>
       </c>
-      <c r="V103" s="9">
+      <c r="V103" s="6">
         <v>0.52</v>
       </c>
       <c r="W103" s="5">
         <v>44064</v>
       </c>
-      <c r="X103" s="12">
+      <c r="X103" s="9">
         <v>109.29</v>
       </c>
-      <c r="Y103" s="9">
+      <c r="Y103" s="6">
         <v>0.52</v>
       </c>
       <c r="Z103" s="5">
         <v>44064</v>
       </c>
-      <c r="AA103" s="12">
+      <c r="AA103" s="9">
         <v>103.6</v>
       </c>
-      <c r="AB103" s="9">
+      <c r="AB103" s="6">
         <v>0.52</v>
       </c>
     </row>
     <row r="104" spans="1:28" x14ac:dyDescent="0.25">
       <c r="A104" s="5">
         <v>44012</v>
       </c>
       <c r="B104" s="5"/>
-      <c r="C104" s="12"/>
-      <c r="D104" s="9"/>
+      <c r="C104" s="9"/>
+      <c r="D104" s="6"/>
       <c r="E104" s="5">
         <v>44156</v>
       </c>
-      <c r="F104" s="12">
+      <c r="F104" s="9">
         <v>116.07</v>
       </c>
-      <c r="G104" s="9">
+      <c r="G104" s="6">
         <v>-0.77</v>
       </c>
       <c r="H104" s="5">
         <v>44185</v>
       </c>
-      <c r="I104" s="12">
+      <c r="I104" s="9">
         <v>125</v>
       </c>
-      <c r="J104" s="9">
+      <c r="J104" s="6">
         <v>-0.77</v>
       </c>
       <c r="K104" s="5">
         <v>44156</v>
       </c>
-      <c r="L104" s="12">
+      <c r="L104" s="9">
         <v>104.79</v>
       </c>
-      <c r="M104" s="9">
+      <c r="M104" s="6">
         <v>-0.77</v>
       </c>
       <c r="N104" s="5">
         <v>44185</v>
       </c>
-      <c r="O104" s="12">
+      <c r="O104" s="9">
         <v>121.94</v>
       </c>
-      <c r="P104" s="9">
+      <c r="P104" s="6">
         <v>-0.77</v>
       </c>
       <c r="Q104" s="5"/>
-      <c r="R104" s="12"/>
-      <c r="S104" s="9"/>
+      <c r="R104" s="9"/>
+      <c r="S104" s="6"/>
       <c r="T104" s="5">
         <v>44156</v>
       </c>
-      <c r="U104" s="12">
+      <c r="U104" s="9">
         <v>113.02</v>
       </c>
-      <c r="V104" s="9">
+      <c r="V104" s="6">
         <v>-0.77</v>
       </c>
       <c r="W104" s="5">
         <v>44156</v>
       </c>
-      <c r="X104" s="12">
+      <c r="X104" s="9">
         <v>108.45</v>
       </c>
-      <c r="Y104" s="9">
+      <c r="Y104" s="6">
         <v>-0.77</v>
       </c>
       <c r="Z104" s="5">
         <v>44156</v>
       </c>
-      <c r="AA104" s="12">
+      <c r="AA104" s="9">
         <v>102.8</v>
       </c>
-      <c r="AB104" s="9">
+      <c r="AB104" s="6">
         <v>-0.77</v>
       </c>
     </row>
     <row r="105" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A105" s="13">
+      <c r="A105" s="10">
         <v>44104</v>
       </c>
-      <c r="B105" s="13"/>
-[...2 lines deleted...]
-      <c r="E105" s="13">
+      <c r="B105" s="10"/>
+      <c r="C105" s="11"/>
+      <c r="D105" s="12"/>
+      <c r="E105" s="10">
         <v>44248</v>
       </c>
-      <c r="F105" s="14">
+      <c r="F105" s="11">
         <v>115.87</v>
       </c>
-      <c r="G105" s="15">
+      <c r="G105" s="12">
         <v>-0.17</v>
       </c>
-      <c r="H105" s="13">
+      <c r="H105" s="10">
         <v>44275</v>
       </c>
-      <c r="I105" s="14">
+      <c r="I105" s="11">
         <v>124.79</v>
       </c>
-      <c r="J105" s="15">
+      <c r="J105" s="12">
         <v>-0.17</v>
       </c>
-      <c r="K105" s="13">
+      <c r="K105" s="10">
         <v>44248</v>
       </c>
-      <c r="L105" s="14">
+      <c r="L105" s="11">
         <v>104.61</v>
       </c>
-      <c r="M105" s="15">
+      <c r="M105" s="12">
         <v>-0.17</v>
       </c>
-      <c r="N105" s="13">
+      <c r="N105" s="10">
         <v>44275</v>
       </c>
-      <c r="O105" s="14">
+      <c r="O105" s="11">
         <v>121.73</v>
       </c>
-      <c r="P105" s="15">
+      <c r="P105" s="12">
         <v>-0.17</v>
       </c>
-      <c r="Q105" s="13"/>
-[...2 lines deleted...]
-      <c r="T105" s="13">
+      <c r="Q105" s="10"/>
+      <c r="R105" s="11"/>
+      <c r="S105" s="12"/>
+      <c r="T105" s="10">
         <v>44248</v>
       </c>
-      <c r="U105" s="14">
+      <c r="U105" s="11">
         <v>112.83</v>
       </c>
-      <c r="V105" s="15">
+      <c r="V105" s="12">
         <v>-0.17</v>
       </c>
-      <c r="W105" s="13">
+      <c r="W105" s="10">
         <v>44248</v>
       </c>
-      <c r="X105" s="14">
+      <c r="X105" s="11">
         <v>108.27</v>
       </c>
-      <c r="Y105" s="15">
+      <c r="Y105" s="12">
         <v>-0.17</v>
       </c>
-      <c r="Z105" s="13">
+      <c r="Z105" s="10">
         <v>44248</v>
       </c>
-      <c r="AA105" s="14">
+      <c r="AA105" s="11">
         <v>102.63</v>
       </c>
-      <c r="AB105" s="15">
+      <c r="AB105" s="12">
         <v>-0.17</v>
       </c>
     </row>
     <row r="106" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A106" s="16">
+      <c r="A106" s="13">
         <v>44196</v>
       </c>
-      <c r="B106" s="16"/>
-[...2 lines deleted...]
-      <c r="E106" s="16">
+      <c r="B106" s="13"/>
+      <c r="C106" s="14"/>
+      <c r="D106" s="15"/>
+      <c r="E106" s="13">
         <v>44337</v>
       </c>
-      <c r="F106" s="17">
+      <c r="F106" s="14">
         <v>117.28</v>
       </c>
-      <c r="G106" s="18">
+      <c r="G106" s="15">
         <v>1.22</v>
       </c>
-      <c r="H106" s="16">
+      <c r="H106" s="13">
         <v>44367</v>
       </c>
-      <c r="I106" s="17">
+      <c r="I106" s="14">
         <v>126.31</v>
       </c>
-      <c r="J106" s="18">
+      <c r="J106" s="15">
         <v>1.22</v>
       </c>
-      <c r="K106" s="16">
+      <c r="K106" s="13">
         <v>44337</v>
       </c>
-      <c r="L106" s="17">
+      <c r="L106" s="14">
         <v>105.89</v>
       </c>
-      <c r="M106" s="18">
+      <c r="M106" s="15">
         <v>1.22</v>
       </c>
-      <c r="N106" s="16">
+      <c r="N106" s="13">
         <v>44367</v>
       </c>
-      <c r="O106" s="17">
+      <c r="O106" s="14">
         <v>123.22</v>
       </c>
-      <c r="P106" s="18">
+      <c r="P106" s="15">
         <v>1.22</v>
       </c>
-      <c r="Q106" s="16"/>
-[...2 lines deleted...]
-      <c r="T106" s="16">
+      <c r="Q106" s="13"/>
+      <c r="R106" s="14"/>
+      <c r="S106" s="15"/>
+      <c r="T106" s="13">
         <v>44337</v>
       </c>
-      <c r="U106" s="17">
+      <c r="U106" s="14">
         <v>114.21</v>
       </c>
-      <c r="V106" s="18">
+      <c r="V106" s="15">
         <v>1.22</v>
       </c>
-      <c r="W106" s="16">
+      <c r="W106" s="13">
         <v>44337</v>
       </c>
-      <c r="X106" s="17">
+      <c r="X106" s="14">
         <v>109.59</v>
       </c>
-      <c r="Y106" s="18">
+      <c r="Y106" s="15">
         <v>1.22</v>
       </c>
-      <c r="Z106" s="16">
+      <c r="Z106" s="13">
         <v>44337</v>
       </c>
-      <c r="AA106" s="17">
+      <c r="AA106" s="14">
         <v>103.88</v>
       </c>
-      <c r="AB106" s="18">
+      <c r="AB106" s="15">
         <v>1.22</v>
       </c>
     </row>
     <row r="107" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A107" s="16">
+      <c r="A107" s="13">
         <v>44286</v>
       </c>
-      <c r="B107" s="16"/>
-[...2 lines deleted...]
-      <c r="E107" s="16">
+      <c r="B107" s="13"/>
+      <c r="C107" s="14"/>
+      <c r="D107" s="15"/>
+      <c r="E107" s="13">
         <v>44429</v>
       </c>
-      <c r="F107" s="17">
+      <c r="F107" s="14">
         <v>118.14</v>
       </c>
-      <c r="G107" s="18">
+      <c r="G107" s="15">
         <v>0.73</v>
       </c>
-      <c r="H107" s="16">
+      <c r="H107" s="13">
         <v>44459</v>
       </c>
-      <c r="I107" s="17">
+      <c r="I107" s="14">
         <v>127.23</v>
       </c>
-      <c r="J107" s="18">
+      <c r="J107" s="15">
         <v>0.73</v>
       </c>
-      <c r="K107" s="16">
+      <c r="K107" s="13">
         <v>44429</v>
       </c>
-      <c r="L107" s="17">
+      <c r="L107" s="14">
         <v>106.66</v>
       </c>
-      <c r="M107" s="18">
+      <c r="M107" s="15">
         <v>0.73</v>
       </c>
-      <c r="N107" s="16">
+      <c r="N107" s="13">
         <v>44459</v>
       </c>
-      <c r="O107" s="17">
+      <c r="O107" s="14">
         <v>124.12</v>
       </c>
-      <c r="P107" s="18">
+      <c r="P107" s="15">
         <v>0.73</v>
       </c>
-      <c r="Q107" s="16">
+      <c r="Q107" s="13">
         <v>44429</v>
       </c>
-      <c r="R107" s="17">
+      <c r="R107" s="14">
         <v>100</v>
       </c>
-      <c r="S107" s="18"/>
-      <c r="T107" s="16">
+      <c r="S107" s="15"/>
+      <c r="T107" s="13">
         <v>44429</v>
       </c>
-      <c r="U107" s="17">
+      <c r="U107" s="14">
         <v>115.04</v>
       </c>
-      <c r="V107" s="18">
+      <c r="V107" s="15">
         <v>0.73</v>
       </c>
-      <c r="W107" s="16">
+      <c r="W107" s="13">
         <v>44429</v>
       </c>
-      <c r="X107" s="17">
+      <c r="X107" s="14">
         <v>110.39</v>
       </c>
-      <c r="Y107" s="18">
+      <c r="Y107" s="15">
         <v>0.73</v>
       </c>
-      <c r="Z107" s="16">
+      <c r="Z107" s="13">
         <v>44429</v>
       </c>
-      <c r="AA107" s="17">
+      <c r="AA107" s="14">
         <v>104.64</v>
       </c>
-      <c r="AB107" s="18">
+      <c r="AB107" s="15">
         <v>0.73</v>
       </c>
     </row>
     <row r="108" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A108" s="16">
+      <c r="A108" s="13">
         <v>44377</v>
       </c>
-      <c r="B108" s="16"/>
-[...2 lines deleted...]
-      <c r="E108" s="16">
+      <c r="B108" s="13"/>
+      <c r="C108" s="14"/>
+      <c r="D108" s="15"/>
+      <c r="E108" s="13">
         <v>44521</v>
       </c>
-      <c r="F108" s="17">
+      <c r="F108" s="14">
         <v>118.94</v>
       </c>
-      <c r="G108" s="18">
+      <c r="G108" s="15">
         <v>0.68</v>
       </c>
-      <c r="H108" s="16">
+      <c r="H108" s="13">
         <v>44550</v>
       </c>
-      <c r="I108" s="17">
+      <c r="I108" s="14">
         <v>128.1</v>
       </c>
-      <c r="J108" s="18">
+      <c r="J108" s="15">
         <v>0.68</v>
       </c>
-      <c r="K108" s="16">
+      <c r="K108" s="13">
         <v>44521</v>
       </c>
-      <c r="L108" s="17">
+      <c r="L108" s="14">
         <v>107.39</v>
       </c>
-      <c r="M108" s="18">
+      <c r="M108" s="15">
         <v>0.68</v>
       </c>
-      <c r="N108" s="16">
+      <c r="N108" s="13">
         <v>44550</v>
       </c>
-      <c r="O108" s="17">
+      <c r="O108" s="14">
         <v>124.96</v>
       </c>
-      <c r="P108" s="18">
+      <c r="P108" s="15">
         <v>0.68</v>
       </c>
-      <c r="Q108" s="16">
+      <c r="Q108" s="13">
         <v>44521</v>
       </c>
-      <c r="R108" s="17">
+      <c r="R108" s="14">
         <v>100.68</v>
       </c>
-      <c r="S108" s="18">
+      <c r="S108" s="15">
         <v>0.68</v>
       </c>
-      <c r="T108" s="16">
+      <c r="T108" s="13">
         <v>44521</v>
       </c>
-      <c r="U108" s="17">
+      <c r="U108" s="14">
         <v>115.82</v>
       </c>
-      <c r="V108" s="18">
+      <c r="V108" s="15">
         <v>0.68</v>
       </c>
-      <c r="W108" s="16">
+      <c r="W108" s="13">
         <v>44521</v>
       </c>
-      <c r="X108" s="17">
+      <c r="X108" s="14">
         <v>111.14</v>
       </c>
-      <c r="Y108" s="18">
+      <c r="Y108" s="15">
         <v>0.68</v>
       </c>
-      <c r="Z108" s="16">
+      <c r="Z108" s="13">
         <v>44521</v>
       </c>
-      <c r="AA108" s="17">
+      <c r="AA108" s="14">
         <v>105.35</v>
       </c>
-      <c r="AB108" s="18">
+      <c r="AB108" s="15">
         <v>0.68</v>
       </c>
     </row>
     <row r="109" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A109" s="16">
+      <c r="A109" s="13">
         <v>44469</v>
       </c>
-      <c r="B109" s="16"/>
-[...2 lines deleted...]
-      <c r="E109" s="16">
+      <c r="B109" s="13"/>
+      <c r="C109" s="14"/>
+      <c r="D109" s="15"/>
+      <c r="E109" s="13">
         <v>44613</v>
       </c>
-      <c r="F109" s="17">
+      <c r="F109" s="14">
         <v>119.84</v>
       </c>
-      <c r="G109" s="18">
+      <c r="G109" s="15">
         <v>0.76</v>
       </c>
-      <c r="H109" s="16">
+      <c r="H109" s="13">
         <v>44640</v>
       </c>
-      <c r="I109" s="17">
+      <c r="I109" s="14">
         <v>129.07</v>
       </c>
-      <c r="J109" s="18">
+      <c r="J109" s="15">
         <v>0.76</v>
       </c>
-      <c r="K109" s="16">
+      <c r="K109" s="13">
         <v>44613</v>
       </c>
-      <c r="L109" s="17">
+      <c r="L109" s="14">
         <v>108.21</v>
       </c>
-      <c r="M109" s="18">
+      <c r="M109" s="15">
         <v>0.76</v>
       </c>
-      <c r="N109" s="16">
+      <c r="N109" s="13">
         <v>44640</v>
       </c>
-      <c r="O109" s="17">
+      <c r="O109" s="14">
         <v>125.91</v>
       </c>
-      <c r="P109" s="18">
+      <c r="P109" s="15">
         <v>0.76</v>
       </c>
-      <c r="Q109" s="16">
+      <c r="Q109" s="13">
         <v>44613</v>
       </c>
-      <c r="R109" s="17">
+      <c r="R109" s="14">
         <v>101.45</v>
       </c>
-      <c r="S109" s="18">
+      <c r="S109" s="15">
         <v>0.76</v>
       </c>
-      <c r="T109" s="16">
+      <c r="T109" s="13">
         <v>44613</v>
       </c>
-      <c r="U109" s="17">
+      <c r="U109" s="14">
         <v>116.7</v>
       </c>
-      <c r="V109" s="18">
+      <c r="V109" s="15">
         <v>0.76</v>
       </c>
-      <c r="W109" s="16">
+      <c r="W109" s="13">
         <v>44613</v>
       </c>
-      <c r="X109" s="17">
+      <c r="X109" s="14">
         <v>111.98</v>
       </c>
-      <c r="Y109" s="18">
+      <c r="Y109" s="15">
         <v>0.76</v>
       </c>
-      <c r="Z109" s="16">
+      <c r="Z109" s="13">
         <v>44613</v>
       </c>
-      <c r="AA109" s="17">
+      <c r="AA109" s="14">
         <v>106.15</v>
       </c>
-      <c r="AB109" s="18">
+      <c r="AB109" s="15">
         <v>0.76</v>
       </c>
     </row>
     <row r="110" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A110" s="16">
+      <c r="A110" s="13">
         <v>44561</v>
       </c>
-      <c r="B110" s="16"/>
-[...5 lines deleted...]
-      <c r="H110" s="16">
+      <c r="B110" s="13"/>
+      <c r="C110" s="14"/>
+      <c r="D110" s="15"/>
+      <c r="E110" s="13"/>
+      <c r="F110" s="14"/>
+      <c r="G110" s="15"/>
+      <c r="H110" s="13">
         <v>44732</v>
       </c>
-      <c r="I110" s="17">
+      <c r="I110" s="14">
         <v>130.43</v>
       </c>
-      <c r="J110" s="18">
+      <c r="J110" s="15">
         <v>1.05</v>
       </c>
-      <c r="K110" s="16">
+      <c r="K110" s="13">
         <v>44702</v>
       </c>
-      <c r="L110" s="17">
+      <c r="L110" s="14">
         <v>109.35</v>
       </c>
-      <c r="M110" s="18">
+      <c r="M110" s="15">
         <v>1.05</v>
       </c>
-      <c r="N110" s="16">
+      <c r="N110" s="13">
         <v>44732</v>
       </c>
-      <c r="O110" s="17">
+      <c r="O110" s="14">
         <v>127.23</v>
       </c>
-      <c r="P110" s="18">
+      <c r="P110" s="15">
         <v>1.05</v>
       </c>
-      <c r="Q110" s="16">
+      <c r="Q110" s="13">
         <v>44702</v>
       </c>
-      <c r="R110" s="17">
+      <c r="R110" s="14">
         <v>102.52</v>
       </c>
-      <c r="S110" s="18">
+      <c r="S110" s="15">
         <v>1.05</v>
       </c>
-      <c r="T110" s="16">
+      <c r="T110" s="13">
         <v>44702</v>
       </c>
-      <c r="U110" s="17">
+      <c r="U110" s="14">
         <v>117.93</v>
       </c>
-      <c r="V110" s="18">
+      <c r="V110" s="15">
         <v>1.05</v>
       </c>
-      <c r="W110" s="16">
+      <c r="W110" s="13">
         <v>44702</v>
       </c>
-      <c r="X110" s="17">
+      <c r="X110" s="14">
         <v>113.16</v>
       </c>
-      <c r="Y110" s="18">
+      <c r="Y110" s="15">
         <v>1.05</v>
       </c>
-      <c r="Z110" s="16">
+      <c r="Z110" s="13">
         <v>44702</v>
       </c>
-      <c r="AA110" s="17">
+      <c r="AA110" s="14">
         <v>107.26</v>
       </c>
-      <c r="AB110" s="18">
+      <c r="AB110" s="15">
         <v>1.05</v>
       </c>
     </row>
     <row r="111" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A111" s="16">
+      <c r="A111" s="13">
         <v>44651</v>
       </c>
-      <c r="B111" s="16"/>
-[...5 lines deleted...]
-      <c r="H111" s="16">
+      <c r="B111" s="13"/>
+      <c r="C111" s="14"/>
+      <c r="D111" s="15"/>
+      <c r="E111" s="13"/>
+      <c r="F111" s="14"/>
+      <c r="G111" s="15"/>
+      <c r="H111" s="13">
         <v>44824</v>
       </c>
-      <c r="I111" s="17">
+      <c r="I111" s="14">
         <v>132.71</v>
       </c>
-      <c r="J111" s="18">
+      <c r="J111" s="15">
         <v>1.75</v>
       </c>
-      <c r="K111" s="16">
+      <c r="K111" s="13">
         <v>44794</v>
       </c>
-      <c r="L111" s="17">
+      <c r="L111" s="14">
         <v>111.26</v>
       </c>
-      <c r="M111" s="18">
+      <c r="M111" s="15">
         <v>1.75</v>
       </c>
-      <c r="N111" s="16">
+      <c r="N111" s="13">
         <v>44824</v>
       </c>
-      <c r="O111" s="17">
+      <c r="O111" s="14">
         <v>129.46</v>
       </c>
-      <c r="P111" s="18">
+      <c r="P111" s="15">
         <v>1.75</v>
       </c>
-      <c r="Q111" s="16">
+      <c r="Q111" s="13">
         <v>44794</v>
       </c>
-      <c r="R111" s="17">
+      <c r="R111" s="14">
         <v>104.31</v>
       </c>
-      <c r="S111" s="18">
+      <c r="S111" s="15">
         <v>1.75</v>
       </c>
-      <c r="T111" s="16">
+      <c r="T111" s="13">
         <v>44794</v>
       </c>
-      <c r="U111" s="17">
+      <c r="U111" s="14">
         <v>119.99</v>
       </c>
-      <c r="V111" s="18">
+      <c r="V111" s="15">
         <v>1.75</v>
       </c>
-      <c r="W111" s="16">
+      <c r="W111" s="13">
         <v>44794</v>
       </c>
-      <c r="X111" s="17">
+      <c r="X111" s="14">
         <v>115.14</v>
       </c>
-      <c r="Y111" s="18">
+      <c r="Y111" s="15">
         <v>1.75</v>
       </c>
-      <c r="Z111" s="16">
+      <c r="Z111" s="13">
         <v>44794</v>
       </c>
-      <c r="AA111" s="17">
+      <c r="AA111" s="14">
         <v>109.14</v>
       </c>
-      <c r="AB111" s="18">
+      <c r="AB111" s="15">
         <v>1.75</v>
       </c>
     </row>
     <row r="112" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A112" s="16">
+      <c r="A112" s="13">
         <v>44742</v>
       </c>
-      <c r="B112" s="16"/>
-[...5 lines deleted...]
-      <c r="H112" s="16">
+      <c r="B112" s="13"/>
+      <c r="C112" s="14"/>
+      <c r="D112" s="15"/>
+      <c r="E112" s="13"/>
+      <c r="F112" s="14"/>
+      <c r="G112" s="15"/>
+      <c r="H112" s="13">
         <v>44915</v>
       </c>
-      <c r="I112" s="17">
+      <c r="I112" s="14">
         <v>135.34</v>
       </c>
-      <c r="J112" s="18">
+      <c r="J112" s="15">
         <v>1.98</v>
       </c>
-      <c r="K112" s="16">
+      <c r="K112" s="13">
         <v>44886</v>
       </c>
-      <c r="L112" s="17">
+      <c r="L112" s="14">
         <v>113.46</v>
       </c>
-      <c r="M112" s="18">
+      <c r="M112" s="15">
         <v>1.98</v>
       </c>
-      <c r="N112" s="16">
+      <c r="N112" s="13">
         <v>44915</v>
       </c>
-      <c r="O112" s="17">
+      <c r="O112" s="14">
         <v>132.02000000000001</v>
       </c>
-      <c r="P112" s="18">
+      <c r="P112" s="15">
         <v>1.98</v>
       </c>
-      <c r="Q112" s="16">
+      <c r="Q112" s="13">
         <v>44886</v>
       </c>
-      <c r="R112" s="17">
+      <c r="R112" s="14">
         <v>106.38</v>
       </c>
-      <c r="S112" s="18">
+      <c r="S112" s="15">
         <v>1.98</v>
       </c>
-      <c r="T112" s="16">
+      <c r="T112" s="13">
         <v>44886</v>
       </c>
-      <c r="U112" s="17">
+      <c r="U112" s="14">
         <v>122.37</v>
       </c>
-      <c r="V112" s="18">
+      <c r="V112" s="15">
         <v>1.98</v>
       </c>
-      <c r="W112" s="16">
+      <c r="W112" s="13">
         <v>44886</v>
       </c>
-      <c r="X112" s="17">
+      <c r="X112" s="14">
         <v>117.42</v>
       </c>
-      <c r="Y112" s="18">
+      <c r="Y112" s="15">
         <v>1.98</v>
       </c>
-      <c r="Z112" s="16">
+      <c r="Z112" s="13">
         <v>44886</v>
       </c>
-      <c r="AA112" s="17">
+      <c r="AA112" s="14">
         <v>111.3</v>
       </c>
-      <c r="AB112" s="18">
+      <c r="AB112" s="15">
         <v>1.98</v>
       </c>
     </row>
     <row r="113" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A113" s="19">
+      <c r="A113" s="16">
         <v>44834</v>
       </c>
-      <c r="B113" s="16"/>
-[...5 lines deleted...]
-      <c r="H113" s="19">
+      <c r="B113" s="13"/>
+      <c r="C113" s="14"/>
+      <c r="D113" s="15"/>
+      <c r="E113" s="16"/>
+      <c r="F113" s="9"/>
+      <c r="G113" s="6"/>
+      <c r="H113" s="16">
         <v>45005</v>
       </c>
-      <c r="I113" s="12">
+      <c r="I113" s="9">
         <v>137.80000000000001</v>
       </c>
-      <c r="J113" s="9">
+      <c r="J113" s="6">
         <v>1.82</v>
       </c>
-      <c r="K113" s="19">
+      <c r="K113" s="16">
         <v>44978</v>
       </c>
-      <c r="L113" s="12">
+      <c r="L113" s="9">
         <v>115.52</v>
       </c>
-      <c r="M113" s="9">
+      <c r="M113" s="6">
         <v>1.82</v>
       </c>
-      <c r="N113" s="19">
+      <c r="N113" s="16">
         <v>45005</v>
       </c>
-      <c r="O113" s="12">
+      <c r="O113" s="9">
         <v>134.41999999999999</v>
       </c>
-      <c r="P113" s="9">
+      <c r="P113" s="6">
         <v>1.82</v>
       </c>
-      <c r="Q113" s="19">
+      <c r="Q113" s="16">
         <v>44978</v>
       </c>
-      <c r="R113" s="12">
+      <c r="R113" s="9">
         <v>108.32</v>
       </c>
-      <c r="S113" s="9">
+      <c r="S113" s="6">
         <v>1.82</v>
       </c>
-      <c r="T113" s="19">
+      <c r="T113" s="16">
         <v>44978</v>
       </c>
-      <c r="U113" s="12">
+      <c r="U113" s="9">
         <v>124.6</v>
       </c>
-      <c r="V113" s="9">
+      <c r="V113" s="6">
         <v>1.82</v>
       </c>
-      <c r="W113" s="19">
+      <c r="W113" s="16">
         <v>44978</v>
       </c>
-      <c r="X113" s="12">
+      <c r="X113" s="9">
         <v>119.56</v>
       </c>
-      <c r="Y113" s="9">
+      <c r="Y113" s="6">
         <v>1.82</v>
       </c>
-      <c r="Z113" s="19">
+      <c r="Z113" s="16">
         <v>44978</v>
       </c>
-      <c r="AA113" s="12">
+      <c r="AA113" s="9">
         <v>113.33</v>
       </c>
-      <c r="AB113" s="9">
+      <c r="AB113" s="6">
         <v>1.82</v>
       </c>
     </row>
     <row r="114" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A114" s="19">
+      <c r="A114" s="16">
         <v>44926</v>
       </c>
-      <c r="B114" s="16"/>
-[...5 lines deleted...]
-      <c r="H114" s="19">
+      <c r="B114" s="13"/>
+      <c r="C114" s="14"/>
+      <c r="D114" s="15"/>
+      <c r="E114" s="16"/>
+      <c r="F114" s="9"/>
+      <c r="G114" s="6"/>
+      <c r="H114" s="16">
         <v>45097</v>
       </c>
-      <c r="I114" s="12">
+      <c r="I114" s="9">
         <v>140.36000000000001</v>
       </c>
-      <c r="J114" s="9">
+      <c r="J114" s="6">
         <v>1.86</v>
       </c>
-      <c r="K114" s="19">
+      <c r="K114" s="16">
         <v>45067</v>
       </c>
-      <c r="L114" s="12">
+      <c r="L114" s="9">
         <v>117.67</v>
       </c>
-      <c r="M114" s="9">
+      <c r="M114" s="6">
         <v>1.86</v>
       </c>
-      <c r="N114" s="19">
+      <c r="N114" s="16">
         <v>45097</v>
       </c>
-      <c r="O114" s="12">
+      <c r="O114" s="9">
         <v>136.91999999999999</v>
       </c>
-      <c r="P114" s="9">
+      <c r="P114" s="6">
         <v>1.86</v>
       </c>
-      <c r="Q114" s="19">
+      <c r="Q114" s="16">
         <v>45067</v>
       </c>
-      <c r="R114" s="12">
+      <c r="R114" s="9">
         <v>110.33</v>
       </c>
-      <c r="S114" s="9">
+      <c r="S114" s="6">
         <v>1.86</v>
       </c>
-      <c r="T114" s="19">
+      <c r="T114" s="16">
         <v>45067</v>
       </c>
-      <c r="U114" s="12">
+      <c r="U114" s="9">
         <v>126.92</v>
       </c>
-      <c r="V114" s="9">
+      <c r="V114" s="6">
         <v>1.86</v>
       </c>
-      <c r="W114" s="19">
+      <c r="W114" s="16">
         <v>45067</v>
       </c>
-      <c r="X114" s="12">
+      <c r="X114" s="9">
         <v>121.78</v>
       </c>
-      <c r="Y114" s="9">
+      <c r="Y114" s="6">
         <v>1.86</v>
       </c>
-      <c r="Z114" s="19">
+      <c r="Z114" s="16">
         <v>45067</v>
       </c>
-      <c r="AA114" s="12">
+      <c r="AA114" s="9">
         <v>115.44</v>
       </c>
-      <c r="AB114" s="9">
+      <c r="AB114" s="6">
         <v>1.86</v>
       </c>
     </row>
     <row r="115" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A115" s="20">
+      <c r="A115" s="17">
         <v>45016</v>
       </c>
-      <c r="B115" s="16"/>
-[...5 lines deleted...]
-      <c r="H115" s="19">
+      <c r="B115" s="13"/>
+      <c r="C115" s="14"/>
+      <c r="D115" s="15"/>
+      <c r="E115" s="16"/>
+      <c r="F115" s="9"/>
+      <c r="G115" s="6"/>
+      <c r="H115" s="16">
         <v>45189</v>
       </c>
-      <c r="I115" s="12">
+      <c r="I115" s="9">
         <v>142.66</v>
       </c>
-      <c r="J115" s="9">
+      <c r="J115" s="6">
         <v>1.64</v>
       </c>
-      <c r="K115" s="19">
+      <c r="K115" s="16">
         <v>45159</v>
       </c>
-      <c r="L115" s="12">
+      <c r="L115" s="9">
         <v>119.6</v>
       </c>
-      <c r="M115" s="9">
+      <c r="M115" s="6">
         <v>1.64</v>
       </c>
-      <c r="N115" s="19">
+      <c r="N115" s="16">
         <v>45189</v>
       </c>
-      <c r="O115" s="12">
+      <c r="O115" s="9">
         <v>139.16999999999999</v>
       </c>
-      <c r="P115" s="9">
+      <c r="P115" s="6">
         <v>1.64</v>
       </c>
-      <c r="Q115" s="19">
+      <c r="Q115" s="16">
         <v>45159</v>
       </c>
-      <c r="R115" s="12">
+      <c r="R115" s="9">
         <v>112.14</v>
       </c>
-      <c r="S115" s="9">
+      <c r="S115" s="6">
         <v>1.64</v>
       </c>
-      <c r="T115" s="19">
+      <c r="T115" s="16">
         <v>45159</v>
       </c>
-      <c r="U115" s="12">
+      <c r="U115" s="9">
         <v>129</v>
       </c>
-      <c r="V115" s="9">
+      <c r="V115" s="6">
         <v>1.64</v>
       </c>
-      <c r="W115" s="19">
+      <c r="W115" s="16">
         <v>45159</v>
       </c>
-      <c r="X115" s="12">
+      <c r="X115" s="9">
         <v>123.78</v>
       </c>
-      <c r="Y115" s="9">
+      <c r="Y115" s="6">
         <v>1.64</v>
       </c>
-      <c r="Z115" s="19">
+      <c r="Z115" s="16">
         <v>45159</v>
       </c>
-      <c r="AA115" s="12">
+      <c r="AA115" s="9">
         <v>117.33</v>
       </c>
-      <c r="AB115" s="9">
+      <c r="AB115" s="6">
         <v>1.64</v>
       </c>
     </row>
-    <row r="116" spans="1:28" s="21" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A116" s="19">
+    <row r="116" spans="1:28" s="18" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="16">
         <v>45107</v>
       </c>
-      <c r="B116" s="16"/>
-[...5 lines deleted...]
-      <c r="H116" s="19">
+      <c r="B116" s="13"/>
+      <c r="C116" s="14"/>
+      <c r="D116" s="15"/>
+      <c r="E116" s="16"/>
+      <c r="F116" s="9"/>
+      <c r="G116" s="6"/>
+      <c r="H116" s="16">
         <v>45280</v>
       </c>
-      <c r="I116" s="12">
+      <c r="I116" s="9">
         <v>144.24</v>
       </c>
-      <c r="J116" s="9">
+      <c r="J116" s="6">
         <v>1.1100000000000001</v>
       </c>
-      <c r="K116" s="19">
+      <c r="K116" s="16">
         <v>45251</v>
       </c>
-      <c r="L116" s="12">
+      <c r="L116" s="9">
         <v>120.93</v>
       </c>
-      <c r="M116" s="9">
+      <c r="M116" s="6">
         <v>1.1100000000000001</v>
       </c>
-      <c r="N116" s="19">
+      <c r="N116" s="16">
         <v>45280</v>
       </c>
-      <c r="O116" s="12">
+      <c r="O116" s="9">
         <v>140.71</v>
       </c>
-      <c r="P116" s="9">
+      <c r="P116" s="6">
         <v>1.1100000000000001</v>
       </c>
-      <c r="Q116" s="19">
+      <c r="Q116" s="16">
         <v>45251</v>
       </c>
-      <c r="R116" s="12">
+      <c r="R116" s="9">
         <v>113.38</v>
       </c>
-      <c r="S116" s="9">
+      <c r="S116" s="6">
         <v>1.1100000000000001</v>
       </c>
-      <c r="T116" s="19">
+      <c r="T116" s="16">
         <v>45251</v>
       </c>
-      <c r="U116" s="12">
+      <c r="U116" s="9">
         <v>130.43</v>
       </c>
-      <c r="V116" s="9">
+      <c r="V116" s="6">
         <v>1.1100000000000001</v>
       </c>
-      <c r="W116" s="19">
+      <c r="W116" s="16">
         <v>45251</v>
       </c>
-      <c r="X116" s="12">
+      <c r="X116" s="9">
         <v>125.15</v>
       </c>
-      <c r="Y116" s="9">
+      <c r="Y116" s="6">
         <v>1.1100000000000001</v>
       </c>
-      <c r="Z116" s="19">
+      <c r="Z116" s="16">
         <v>45251</v>
       </c>
-      <c r="AA116" s="12">
+      <c r="AA116" s="9">
         <v>118.63</v>
       </c>
-      <c r="AB116" s="9">
+      <c r="AB116" s="6">
         <v>1.1100000000000001</v>
       </c>
     </row>
     <row r="117" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A117" s="19">
+      <c r="A117" s="16">
         <v>45199</v>
       </c>
-      <c r="B117" s="16"/>
-[...5 lines deleted...]
-      <c r="H117" s="19">
+      <c r="B117" s="13"/>
+      <c r="C117" s="14"/>
+      <c r="D117" s="15"/>
+      <c r="E117" s="16"/>
+      <c r="F117" s="9"/>
+      <c r="G117" s="6"/>
+      <c r="H117" s="16">
         <v>45371</v>
       </c>
-      <c r="I117" s="12">
+      <c r="I117" s="9">
         <v>145.71</v>
       </c>
-      <c r="J117" s="9">
+      <c r="J117" s="6">
         <v>1.02</v>
       </c>
-      <c r="K117" s="19">
+      <c r="K117" s="16">
         <v>45343</v>
       </c>
-      <c r="L117" s="12">
+      <c r="L117" s="9">
         <v>122.16</v>
       </c>
-      <c r="M117" s="9">
+      <c r="M117" s="6">
         <v>1.02</v>
       </c>
-      <c r="N117" s="19">
+      <c r="N117" s="16">
         <v>45371</v>
       </c>
-      <c r="O117" s="12">
+      <c r="O117" s="9">
         <v>142.15</v>
       </c>
-      <c r="P117" s="9">
+      <c r="P117" s="6">
         <v>1.02</v>
       </c>
-      <c r="Q117" s="19">
+      <c r="Q117" s="16">
         <v>45343</v>
       </c>
-      <c r="R117" s="12">
+      <c r="R117" s="9">
         <v>114.54</v>
       </c>
-      <c r="S117" s="9">
+      <c r="S117" s="6">
         <v>1.02</v>
       </c>
-      <c r="T117" s="19">
+      <c r="T117" s="16">
         <v>45343</v>
       </c>
-      <c r="U117" s="12">
+      <c r="U117" s="9">
         <v>131.76</v>
       </c>
-      <c r="V117" s="9">
+      <c r="V117" s="6">
         <v>1.02</v>
       </c>
-      <c r="W117" s="19">
+      <c r="W117" s="16">
         <v>45343</v>
       </c>
-      <c r="X117" s="12">
+      <c r="X117" s="9">
         <v>126.43</v>
       </c>
-      <c r="Y117" s="9">
+      <c r="Y117" s="6">
         <v>1.02</v>
       </c>
-      <c r="Z117" s="19">
+      <c r="Z117" s="16">
         <v>45343</v>
       </c>
-      <c r="AA117" s="12">
+      <c r="AA117" s="9">
         <v>119.84</v>
       </c>
-      <c r="AB117" s="9">
+      <c r="AB117" s="6">
         <v>1.02</v>
       </c>
     </row>
     <row r="118" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A118" s="19">
+      <c r="A118" s="16">
         <v>45291</v>
       </c>
-      <c r="B118" s="16"/>
-[...5 lines deleted...]
-      <c r="H118" s="19">
+      <c r="B118" s="13"/>
+      <c r="C118" s="14"/>
+      <c r="D118" s="15"/>
+      <c r="E118" s="16"/>
+      <c r="F118" s="9"/>
+      <c r="G118" s="6"/>
+      <c r="H118" s="16">
         <v>45463</v>
       </c>
-      <c r="I118" s="12">
+      <c r="I118" s="9">
         <v>147.02000000000001</v>
       </c>
-      <c r="J118" s="9">
+      <c r="J118" s="6">
         <v>0.9</v>
       </c>
-      <c r="K118" s="19">
+      <c r="K118" s="16">
         <v>45433</v>
       </c>
-      <c r="L118" s="12">
+      <c r="L118" s="9">
         <v>123.26</v>
       </c>
-      <c r="M118" s="9">
+      <c r="M118" s="6">
         <v>0.9</v>
       </c>
-      <c r="N118" s="19">
+      <c r="N118" s="16">
         <v>45463</v>
       </c>
-      <c r="O118" s="12">
+      <c r="O118" s="9">
         <v>143.43</v>
       </c>
-      <c r="P118" s="9">
+      <c r="P118" s="6">
         <v>0.9</v>
       </c>
-      <c r="Q118" s="19">
+      <c r="Q118" s="16">
         <v>45433</v>
       </c>
-      <c r="R118" s="12">
+      <c r="R118" s="9">
         <v>115.57</v>
       </c>
-      <c r="S118" s="9">
+      <c r="S118" s="6">
         <v>0.9</v>
       </c>
-      <c r="T118" s="19">
+      <c r="T118" s="16">
         <v>45433</v>
       </c>
-      <c r="U118" s="12">
+      <c r="U118" s="9">
         <v>132.94999999999999</v>
       </c>
-      <c r="V118" s="9">
+      <c r="V118" s="6">
         <v>0.9</v>
       </c>
-      <c r="W118" s="19">
+      <c r="W118" s="16">
         <v>45433</v>
       </c>
-      <c r="X118" s="12">
+      <c r="X118" s="9">
         <v>127.57</v>
       </c>
-      <c r="Y118" s="9">
+      <c r="Y118" s="6">
         <v>0.9</v>
       </c>
-      <c r="Z118" s="19">
+      <c r="Z118" s="16">
         <v>45433</v>
       </c>
-      <c r="AA118" s="12">
+      <c r="AA118" s="9">
         <v>120.92</v>
       </c>
-      <c r="AB118" s="9">
+      <c r="AB118" s="6">
         <v>0.9</v>
       </c>
     </row>
     <row r="119" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A119" s="19">
+      <c r="A119" s="16">
         <v>45382</v>
       </c>
-      <c r="B119" s="16"/>
-[...5 lines deleted...]
-      <c r="H119" s="19">
+      <c r="B119" s="13"/>
+      <c r="C119" s="14"/>
+      <c r="D119" s="15"/>
+      <c r="E119" s="16"/>
+      <c r="F119" s="9"/>
+      <c r="G119" s="6"/>
+      <c r="H119" s="16">
         <v>45555</v>
       </c>
-      <c r="I119" s="12">
+      <c r="I119" s="9">
         <v>148.16999999999999</v>
       </c>
-      <c r="J119" s="9">
+      <c r="J119" s="6">
         <v>0.78</v>
       </c>
-      <c r="K119" s="19">
+      <c r="K119" s="16">
         <v>45525</v>
       </c>
-      <c r="L119" s="12">
+      <c r="L119" s="9">
         <v>124.22</v>
       </c>
-      <c r="M119" s="9">
+      <c r="M119" s="6">
         <v>0.78</v>
       </c>
-      <c r="N119" s="19">
+      <c r="N119" s="16">
         <v>45555</v>
       </c>
-      <c r="O119" s="12">
+      <c r="O119" s="9">
         <v>144.55000000000001</v>
       </c>
-      <c r="P119" s="9">
+      <c r="P119" s="6">
         <v>0.78</v>
       </c>
-      <c r="Q119" s="19">
+      <c r="Q119" s="16">
         <v>45525</v>
       </c>
-      <c r="R119" s="12">
+      <c r="R119" s="9">
         <v>116.47</v>
       </c>
-      <c r="S119" s="9">
+      <c r="S119" s="6">
         <v>0.78</v>
       </c>
-      <c r="T119" s="19">
+      <c r="T119" s="16">
         <v>45525</v>
       </c>
-      <c r="U119" s="12">
+      <c r="U119" s="9">
         <v>133.99</v>
       </c>
-      <c r="V119" s="9">
+      <c r="V119" s="6">
         <v>0.78</v>
       </c>
-      <c r="W119" s="19">
+      <c r="W119" s="16">
         <v>45525</v>
       </c>
-      <c r="X119" s="12">
+      <c r="X119" s="9">
         <v>128.57</v>
       </c>
-      <c r="Y119" s="9">
+      <c r="Y119" s="6">
         <v>0.78</v>
       </c>
-      <c r="Z119" s="19">
+      <c r="Z119" s="16">
         <v>45525</v>
       </c>
-      <c r="AA119" s="12">
+      <c r="AA119" s="9">
         <v>121.86</v>
       </c>
-      <c r="AB119" s="9">
+      <c r="AB119" s="6">
         <v>0.78</v>
       </c>
     </row>
     <row r="120" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A120" s="19">
+      <c r="A120" s="16">
         <v>45473</v>
       </c>
-      <c r="B120" s="16"/>
-[...5 lines deleted...]
-      <c r="H120" s="19">
+      <c r="B120" s="13"/>
+      <c r="C120" s="14"/>
+      <c r="D120" s="15"/>
+      <c r="E120" s="16"/>
+      <c r="F120" s="9"/>
+      <c r="G120" s="6"/>
+      <c r="H120" s="16">
         <v>45646</v>
       </c>
-      <c r="I120" s="12">
+      <c r="I120" s="9">
         <v>149.63999999999999</v>
       </c>
-      <c r="J120" s="9">
+      <c r="J120" s="6">
         <v>0.99</v>
       </c>
-      <c r="K120" s="19">
+      <c r="K120" s="16">
         <v>45617</v>
       </c>
-      <c r="L120" s="12">
+      <c r="L120" s="9">
         <v>125.45</v>
       </c>
-      <c r="M120" s="9">
+      <c r="M120" s="6">
         <v>0.99</v>
       </c>
-      <c r="N120" s="19">
+      <c r="N120" s="16">
         <v>45646</v>
       </c>
-      <c r="O120" s="12">
+      <c r="O120" s="9">
         <v>145.97999999999999</v>
       </c>
-      <c r="P120" s="9">
+      <c r="P120" s="6">
         <v>0.99</v>
       </c>
-      <c r="Q120" s="19">
+      <c r="Q120" s="16">
         <v>45617</v>
       </c>
-      <c r="R120" s="12">
+      <c r="R120" s="9">
         <v>117.62</v>
       </c>
-      <c r="S120" s="9">
+      <c r="S120" s="6">
         <v>0.99</v>
       </c>
-      <c r="T120" s="19">
+      <c r="T120" s="16">
         <v>45617</v>
       </c>
-      <c r="U120" s="12">
+      <c r="U120" s="9">
         <v>135.32</v>
       </c>
-      <c r="V120" s="9">
+      <c r="V120" s="6">
         <v>0.99</v>
       </c>
-      <c r="W120" s="19">
+      <c r="W120" s="16">
         <v>45617</v>
       </c>
-      <c r="X120" s="12">
+      <c r="X120" s="9">
         <v>129.84</v>
       </c>
-      <c r="Y120" s="9">
+      <c r="Y120" s="6">
         <v>0.99</v>
       </c>
-      <c r="Z120" s="19">
+      <c r="Z120" s="16">
         <v>45617</v>
       </c>
-      <c r="AA120" s="12">
+      <c r="AA120" s="9">
         <v>123.07</v>
       </c>
-      <c r="AB120" s="9">
+      <c r="AB120" s="6">
         <v>0.99</v>
       </c>
     </row>
     <row r="121" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A121" s="19">
+      <c r="A121" s="16">
         <v>45565</v>
       </c>
-      <c r="B121" s="16"/>
-[...5 lines deleted...]
-      <c r="H121" s="19">
+      <c r="B121" s="13"/>
+      <c r="C121" s="14"/>
+      <c r="D121" s="15"/>
+      <c r="E121" s="16"/>
+      <c r="F121" s="9"/>
+      <c r="G121" s="6"/>
+      <c r="H121" s="16">
         <v>45736</v>
       </c>
-      <c r="I121" s="12">
+      <c r="I121" s="9">
         <v>150.57</v>
       </c>
-      <c r="J121" s="9">
+      <c r="J121" s="6">
         <v>0.62</v>
       </c>
-      <c r="K121" s="19">
+      <c r="K121" s="16">
         <v>45709</v>
       </c>
-      <c r="L121" s="12">
+      <c r="L121" s="9">
         <v>126.23</v>
       </c>
-      <c r="M121" s="9">
+      <c r="M121" s="6">
         <v>0.62</v>
       </c>
-      <c r="N121" s="19">
+      <c r="N121" s="16">
         <v>45736</v>
       </c>
-      <c r="O121" s="12">
+      <c r="O121" s="9">
         <v>146.88999999999999</v>
       </c>
-      <c r="P121" s="9">
+      <c r="P121" s="6">
         <v>0.62</v>
       </c>
-      <c r="Q121" s="19">
+      <c r="Q121" s="16">
         <v>45709</v>
       </c>
-      <c r="R121" s="12">
+      <c r="R121" s="9">
         <v>118.35</v>
       </c>
-      <c r="S121" s="9">
+      <c r="S121" s="6">
         <v>0.62</v>
       </c>
-      <c r="T121" s="19">
+      <c r="T121" s="16">
         <v>45709</v>
       </c>
-      <c r="U121" s="12">
+      <c r="U121" s="9">
         <v>136.16</v>
       </c>
-      <c r="V121" s="9">
+      <c r="V121" s="6">
         <v>0.62</v>
       </c>
-      <c r="W121" s="19">
+      <c r="W121" s="16">
         <v>45709</v>
       </c>
-      <c r="X121" s="12">
+      <c r="X121" s="9">
         <v>130.65</v>
       </c>
-      <c r="Y121" s="9">
+      <c r="Y121" s="6">
         <v>0.62</v>
       </c>
-      <c r="Z121" s="19">
+      <c r="Z121" s="16">
         <v>45709</v>
       </c>
-      <c r="AA121" s="12">
+      <c r="AA121" s="9">
         <v>123.83</v>
       </c>
-      <c r="AB121" s="9">
+      <c r="AB121" s="6">
         <v>0.62</v>
       </c>
     </row>
     <row r="122" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A122" s="19">
+      <c r="A122" s="16">
         <v>45657</v>
       </c>
-      <c r="B122" s="16"/>
-[...5 lines deleted...]
-      <c r="H122" s="19">
+      <c r="B122" s="13"/>
+      <c r="C122" s="14"/>
+      <c r="D122" s="15"/>
+      <c r="E122" s="16"/>
+      <c r="F122" s="9"/>
+      <c r="G122" s="6"/>
+      <c r="H122" s="16">
         <v>45828</v>
       </c>
-      <c r="I122" s="12">
+      <c r="I122" s="9">
         <v>150.9</v>
       </c>
-      <c r="J122" s="9">
+      <c r="J122" s="6">
         <v>0.22</v>
       </c>
-      <c r="K122" s="19">
+      <c r="K122" s="16">
         <v>45798</v>
       </c>
-      <c r="L122" s="12">
+      <c r="L122" s="9">
         <v>126.51</v>
       </c>
-      <c r="M122" s="9">
+      <c r="M122" s="6">
         <v>0.22</v>
       </c>
-      <c r="N122" s="19">
+      <c r="N122" s="16">
         <v>45828</v>
       </c>
-      <c r="O122" s="12">
+      <c r="O122" s="9">
         <v>147.21</v>
       </c>
-      <c r="P122" s="9">
+      <c r="P122" s="6">
         <v>0.22</v>
       </c>
-      <c r="Q122" s="19">
+      <c r="Q122" s="16">
         <v>45798</v>
       </c>
-      <c r="R122" s="12">
+      <c r="R122" s="9">
         <v>118.61</v>
       </c>
-      <c r="S122" s="9">
+      <c r="S122" s="6">
         <v>0.22</v>
       </c>
-      <c r="T122" s="19">
+      <c r="T122" s="16">
         <v>45798</v>
       </c>
-      <c r="U122" s="12">
+      <c r="U122" s="9">
         <v>136.46</v>
       </c>
-      <c r="V122" s="9">
+      <c r="V122" s="6">
         <v>0.22</v>
       </c>
-      <c r="W122" s="19">
+      <c r="W122" s="16">
         <v>45798</v>
       </c>
-      <c r="X122" s="12">
+      <c r="X122" s="9">
         <v>130.94</v>
       </c>
-      <c r="Y122" s="9">
+      <c r="Y122" s="6">
         <v>0.22</v>
       </c>
-      <c r="Z122" s="19">
+      <c r="Z122" s="16">
         <v>45798</v>
       </c>
-      <c r="AA122" s="12">
+      <c r="AA122" s="9">
         <v>124.1</v>
       </c>
-      <c r="AB122" s="9">
+      <c r="AB122" s="6">
         <v>0.22</v>
       </c>
     </row>
     <row r="123" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A123" s="19">
+      <c r="A123" s="16">
         <v>45747</v>
       </c>
-      <c r="B123" s="16"/>
-[...5 lines deleted...]
-      <c r="H123" s="19">
+      <c r="B123" s="13"/>
+      <c r="C123" s="14"/>
+      <c r="D123" s="15"/>
+      <c r="E123" s="16"/>
+      <c r="F123" s="9"/>
+      <c r="G123" s="6"/>
+      <c r="H123" s="16">
         <v>45920</v>
       </c>
-      <c r="I123" s="12">
+      <c r="I123" s="9">
         <v>151.78</v>
       </c>
-      <c r="J123" s="9">
+      <c r="J123" s="6">
         <v>0.57999999999999996</v>
       </c>
-      <c r="K123" s="19">
+      <c r="K123" s="16">
         <v>45890</v>
       </c>
-      <c r="L123" s="12">
+      <c r="L123" s="9">
         <v>127.24</v>
       </c>
-      <c r="M123" s="9">
+      <c r="M123" s="6">
         <v>0.57999999999999996</v>
       </c>
-      <c r="N123" s="19">
+      <c r="N123" s="16">
         <v>45920</v>
       </c>
-      <c r="O123" s="12">
+      <c r="O123" s="9">
         <v>148.06</v>
       </c>
-      <c r="P123" s="9">
+      <c r="P123" s="6">
         <v>0.57999999999999996</v>
       </c>
-      <c r="Q123" s="19">
+      <c r="Q123" s="16">
         <v>45890</v>
       </c>
-      <c r="R123" s="12">
+      <c r="R123" s="9">
         <v>119.3</v>
       </c>
-      <c r="S123" s="9">
+      <c r="S123" s="6">
         <v>0.57999999999999996</v>
       </c>
-      <c r="T123" s="19">
+      <c r="T123" s="16">
         <v>45890</v>
       </c>
-      <c r="U123" s="12">
+      <c r="U123" s="9">
         <v>137.25</v>
       </c>
-      <c r="V123" s="9">
+      <c r="V123" s="6">
         <v>0.57999999999999996</v>
       </c>
-      <c r="W123" s="19">
+      <c r="W123" s="16">
         <v>45890</v>
       </c>
-      <c r="X123" s="12">
+      <c r="X123" s="9">
         <v>131.69999999999999</v>
       </c>
-      <c r="Y123" s="9">
+      <c r="Y123" s="6">
         <v>0.57999999999999996</v>
       </c>
-      <c r="Z123" s="19">
+      <c r="Z123" s="16">
         <v>45890</v>
       </c>
-      <c r="AA123" s="12">
+      <c r="AA123" s="9">
         <v>124.82</v>
       </c>
-      <c r="AB123" s="9">
+      <c r="AB123" s="6">
         <v>0.57999999999999996</v>
       </c>
     </row>
     <row r="124" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A124" s="19">
+      <c r="A124" s="16">
         <v>45838</v>
       </c>
-      <c r="B124" s="16"/>
-[...8 lines deleted...]
-      <c r="K124" s="19">
+      <c r="B124" s="13"/>
+      <c r="C124" s="14"/>
+      <c r="D124" s="15"/>
+      <c r="E124" s="16"/>
+      <c r="F124" s="9"/>
+      <c r="G124" s="6"/>
+      <c r="H124" s="16"/>
+      <c r="I124" s="9"/>
+      <c r="J124" s="6"/>
+      <c r="K124" s="16">
         <v>45982</v>
       </c>
-      <c r="L124" s="12">
+      <c r="L124" s="9">
         <v>128.28</v>
       </c>
-      <c r="M124" s="9">
+      <c r="M124" s="6">
         <v>0.82</v>
       </c>
-      <c r="N124" s="19">
+      <c r="N124" s="16">
         <v>46011</v>
       </c>
-      <c r="O124" s="12">
+      <c r="O124" s="9">
         <v>149.27000000000001</v>
       </c>
-      <c r="P124" s="9">
+      <c r="P124" s="6">
         <v>0.82</v>
       </c>
-      <c r="Q124" s="19">
+      <c r="Q124" s="16">
         <v>45982</v>
       </c>
-      <c r="R124" s="12">
+      <c r="R124" s="9">
         <v>120.28</v>
       </c>
-      <c r="S124" s="9">
+      <c r="S124" s="6">
         <v>0.82</v>
       </c>
-      <c r="T124" s="19">
+      <c r="T124" s="16">
         <v>45982</v>
       </c>
-      <c r="U124" s="12">
+      <c r="U124" s="9">
         <v>138.38</v>
       </c>
-      <c r="V124" s="9">
+      <c r="V124" s="6">
         <v>0.82</v>
       </c>
-      <c r="W124" s="19">
+      <c r="W124" s="16">
         <v>45982</v>
       </c>
-      <c r="X124" s="12">
+      <c r="X124" s="9">
         <v>132.78</v>
       </c>
-      <c r="Y124" s="9">
+      <c r="Y124" s="6">
         <v>0.82</v>
       </c>
-      <c r="Z124" s="19">
+      <c r="Z124" s="16">
         <v>45982</v>
       </c>
-      <c r="AA124" s="12">
+      <c r="AA124" s="9">
         <v>125.84</v>
       </c>
-      <c r="AB124" s="9">
+      <c r="AB124" s="6">
         <v>0.82</v>
       </c>
     </row>
     <row r="125" spans="1:28" x14ac:dyDescent="0.25">
-      <c r="A125" s="19">
+      <c r="A125" s="31">
         <v>45930</v>
       </c>
-      <c r="B125" s="16"/>
-[...8 lines deleted...]
-      <c r="K125" s="19">
+      <c r="B125" s="28"/>
+      <c r="C125" s="29"/>
+      <c r="D125" s="30"/>
+      <c r="E125" s="31"/>
+      <c r="F125" s="27"/>
+      <c r="G125" s="26"/>
+      <c r="H125" s="31"/>
+      <c r="I125" s="27"/>
+      <c r="J125" s="26"/>
+      <c r="K125" s="31">
         <v>46074</v>
       </c>
-      <c r="L125" s="12">
+      <c r="L125" s="27">
         <v>129.6</v>
       </c>
-      <c r="M125" s="9">
+      <c r="M125" s="26">
         <v>1.03</v>
       </c>
-      <c r="N125" s="19">
+      <c r="N125" s="31">
         <v>46101</v>
       </c>
-      <c r="O125" s="12">
+      <c r="O125" s="27">
         <v>150.81</v>
       </c>
-      <c r="P125" s="9">
+      <c r="P125" s="26">
         <v>1.03</v>
       </c>
-      <c r="Q125" s="19">
+      <c r="Q125" s="31">
         <v>46074</v>
       </c>
-      <c r="R125" s="12">
+      <c r="R125" s="27">
         <v>121.52</v>
       </c>
-      <c r="S125" s="9">
+      <c r="S125" s="26">
         <v>1.03</v>
       </c>
-      <c r="T125" s="19">
+      <c r="T125" s="31">
         <v>46074</v>
       </c>
-      <c r="U125" s="12">
+      <c r="U125" s="27">
         <v>139.81</v>
       </c>
-      <c r="V125" s="9">
+      <c r="V125" s="26">
         <v>1.03</v>
       </c>
-      <c r="W125" s="19">
+      <c r="W125" s="31">
         <v>46074</v>
       </c>
-      <c r="X125" s="12">
+      <c r="X125" s="27">
         <v>134.15</v>
       </c>
-      <c r="Y125" s="9">
+      <c r="Y125" s="26">
         <v>1.03</v>
       </c>
-      <c r="Z125" s="19">
+      <c r="Z125" s="31">
         <v>46074</v>
       </c>
-      <c r="AA125" s="12">
+      <c r="AA125" s="27">
         <v>127.14</v>
       </c>
-      <c r="AB125" s="9">
+      <c r="AB125" s="26">
         <v>1.03</v>
       </c>
     </row>
+    <row r="126" spans="1:28" x14ac:dyDescent="0.25">
+      <c r="A126" s="31">
+        <v>46022</v>
+      </c>
+      <c r="B126" s="28"/>
+      <c r="C126" s="29"/>
+      <c r="D126" s="30"/>
+      <c r="E126" s="31"/>
+      <c r="F126" s="27"/>
+      <c r="G126" s="26"/>
+      <c r="H126" s="31"/>
+      <c r="I126" s="27"/>
+      <c r="J126" s="26"/>
+      <c r="K126" s="31">
+        <v>46163</v>
+      </c>
+      <c r="L126" s="27">
+        <v>130.84</v>
+      </c>
+      <c r="M126" s="26">
+        <v>0.96</v>
+      </c>
+      <c r="N126" s="31">
+        <v>46193</v>
+      </c>
+      <c r="O126" s="27">
+        <v>152.26</v>
+      </c>
+      <c r="P126" s="26">
+        <v>0.96</v>
+      </c>
+      <c r="Q126" s="31">
+        <v>46163</v>
+      </c>
+      <c r="R126" s="27">
+        <v>122.69</v>
+      </c>
+      <c r="S126" s="26">
+        <v>0.96</v>
+      </c>
+      <c r="T126" s="31">
+        <v>46163</v>
+      </c>
+      <c r="U126" s="27">
+        <v>141.15</v>
+      </c>
+      <c r="V126" s="26">
+        <v>0.96</v>
+      </c>
+      <c r="W126" s="31">
+        <v>46163</v>
+      </c>
+      <c r="X126" s="27">
+        <v>135.44</v>
+      </c>
+      <c r="Y126" s="26">
+        <v>0.96</v>
+      </c>
+      <c r="Z126" s="31">
+        <v>46163</v>
+      </c>
+      <c r="AA126" s="27">
+        <v>128.36000000000001</v>
+      </c>
+      <c r="AB126" s="26">
+        <v>0.96</v>
+      </c>
+    </row>
   </sheetData>
-  <mergeCells count="29">
+  <mergeCells count="28">
+    <mergeCell ref="T3:V3"/>
+    <mergeCell ref="W3:Y3"/>
+    <mergeCell ref="Z3:AB3"/>
+    <mergeCell ref="T4:V4"/>
+    <mergeCell ref="W4:Y4"/>
+    <mergeCell ref="Z4:AB4"/>
+    <mergeCell ref="H5:J5"/>
+    <mergeCell ref="K5:M5"/>
+    <mergeCell ref="N5:P5"/>
+    <mergeCell ref="W5:Y5"/>
+    <mergeCell ref="Z5:AB5"/>
+    <mergeCell ref="T5:V5"/>
     <mergeCell ref="Q4:S4"/>
     <mergeCell ref="Q5:S5"/>
-    <mergeCell ref="C1:AB1"/>
     <mergeCell ref="B2:AB2"/>
     <mergeCell ref="B3:D3"/>
     <mergeCell ref="E3:G3"/>
     <mergeCell ref="H3:J3"/>
     <mergeCell ref="K3:M3"/>
     <mergeCell ref="N3:P3"/>
     <mergeCell ref="Q3:S3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="E5:G5"/>
-    <mergeCell ref="H5:J5"/>
-[...10 lines deleted...]
-    <mergeCell ref="T5:V5"/>
   </mergeCells>
   <pageMargins left="0.78740157480314998" right="0.78740157480314998" top="0.78740157480314998" bottom="1.0269846456692899" header="0.78740157480314998" footer="0.78740157480314998"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Notes</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>KtFactors</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Beveridge, Luke</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/core0.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>